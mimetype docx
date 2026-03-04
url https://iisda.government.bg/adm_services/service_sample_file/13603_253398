--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1,41 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10472" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -524,93 +522,52 @@
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B965B1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
             <w:r w:rsidRPr="001B2189">
               <w:t xml:space="preserve"> ............................</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B965B1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>дата</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B965B1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> и </w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> и място на издаване</w:t>
+            </w:r>
             <w:r w:rsidRPr="001B2189">
               <w:t xml:space="preserve"> ....................................</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>..........................</w:t>
             </w:r>
             <w:r w:rsidRPr="001B2189">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="255F095C" w14:textId="77777777" w:rsidR="00052EC4" w:rsidRPr="001B2189" w:rsidRDefault="00052EC4" w:rsidP="00F238FA">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49F6C74B" w14:textId="77777777" w:rsidR="00052EC4" w:rsidRPr="00DB3ECF" w:rsidRDefault="00052EC4" w:rsidP="00F238FA">
             <w:pPr>
@@ -631,83 +588,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЗАЯВЯВАМ НАСТОЯЩ АДРЕС</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B485CEB" w14:textId="77777777" w:rsidR="00052EC4" w:rsidRPr="001B2189" w:rsidRDefault="00052EC4" w:rsidP="00F238FA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B965B1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Населено</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B965B1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> място (държава)</w:t>
             </w:r>
             <w:r w:rsidRPr="001B2189">
               <w:t xml:space="preserve"> ..........................................................................................</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>.....................................</w:t>
             </w:r>
             <w:r w:rsidRPr="001B2189">
               <w:t xml:space="preserve">........... </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B965B1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>община</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B2189">
               <w:t>...............................................</w:t>
             </w:r>
@@ -1683,51 +1608,51 @@
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                               <a:extLst>
                                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                     <a:noFill/>
                                   </a14:hiddenFill>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
                   <w:pict>
                     <v:line w14:anchorId="30D5E60C" id="Право съединение 2" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-5.85pt,5.45pt" to="518.35pt,5.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAL5GK+twEAAFIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC817Ld2m0Fyzk4SXNI&#10;GwNJP2DNh0SU4hJc2pL/PiTjOEF7C6IDsdzHcHZ2tboce8sOKpBB1/DZZMqZcgKlcW3D/zzefP7O&#10;GUVwEiw61fCjIn65vvi0Gnyt5tihlSqwBOKoHnzDuxh9XVUkOtUDTdArl4IaQw8xXUNbyQBDQu9t&#10;NZ9Ol9WAQfqAQhEl79VzkK8LvtZKxHutSUVmG564xXKGcu7yWa1XULcBfGfEiQa8g0UPxqVHz1BX&#10;EIHtg/kPqjciIKGOE4F9hVoboUoPqZvZ9J9uHjrwqvSSxCF/lok+Dlb8PmzcNmTqYnQP/g7FX2IO&#10;Nx24VhUCj0efBjfLUlWDp/pcki/kt4Hthl8oUw7sIxYVRh16pq3xt7kwg6dO2VhkP55lV2NkIjmX&#10;y8W3L1/TdMRLrII6Q+RCHyj+VNizbDTcGpcVgRoOdxQzpdeU7HZ4Y6wtU7WODQ3/sZgvSgGhNTIH&#10;cxqFdrexgR0g70X5Sn8p8jYt4N7JAtYpkNcnO4Kxz3Z63LqTLFmJvHZU71Aet+FFrjS4wvK0ZHkz&#10;3t5L9euvsH4CAAD//wMAUEsDBBQABgAIAAAAIQA8O2403AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcWjutVGiIU1UIuCAhUQJnJ16SCHsdxW4a/p6tOMBxZ55mZ4rd7J2Y&#10;cIx9IA3ZUoFAaoLtqdVQvT0ubkHEZMgaFwg1fGOEXXl5UZjchhO94nRIreAQirnR0KU05FLGpkNv&#10;4jIMSOx9htGbxOfYSjuaE4d7J1dKbaQ3PfGHzgx432HzdTh6DfuP54f1y1T74Oy2rd6tr9TTSuvr&#10;q3l/ByLhnP5gONfn6lBypzocyUbhNCyy7IZRNtQWxBlQ6w0r9a8iy0L+n1D+AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAvkYr63AQAAUgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhADw7bjTcAAAACgEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:t>__________________________________________</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B94AFE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Долуподписаните</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B94AFE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2208,77 +2133,52 @@
           <w:p w14:paraId="4A89E822" w14:textId="77777777" w:rsidR="00052EC4" w:rsidRPr="001B2189" w:rsidRDefault="00052EC4" w:rsidP="00F238FA">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00603E9D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">с </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00603E9D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пълномощно</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00603E9D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> от дата</w:t>
+            </w:r>
             <w:r w:rsidRPr="001B2189">
               <w:t xml:space="preserve"> ..............</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>..........</w:t>
             </w:r>
             <w:r w:rsidRPr="001B2189">
               <w:t xml:space="preserve">........., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00603E9D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>издадено</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00603E9D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2658,7567 +2558,84 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13A6141D" w14:textId="77777777" w:rsidR="00052EC4" w:rsidRPr="001B2189" w:rsidRDefault="00052EC4" w:rsidP="00052EC4">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F5041FD" w14:textId="77777777" w:rsidR="004225A3" w:rsidRPr="00C45D9A" w:rsidRDefault="004225A3" w:rsidP="004225A3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D4D241F" w14:textId="352F8825" w:rsidR="00FC787D" w:rsidRPr="007F39D0" w:rsidRDefault="00B8312C" w:rsidP="00970D47">
-[...7477 lines deleted...]
-    <w:p w14:paraId="32FFD37B" w14:textId="1B60F66B" w:rsidR="0076358C" w:rsidRPr="0076358C" w:rsidRDefault="0076358C" w:rsidP="0076358C">
+    <w:p w14:paraId="32FFD37B" w14:textId="6CF2BCE6" w:rsidR="0076358C" w:rsidRPr="0076358C" w:rsidRDefault="0076358C" w:rsidP="0076358C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9000"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="0076358C" w:rsidRPr="0076358C" w:rsidSect="00AE4481">
-      <w:headerReference w:type="even" r:id="rId10"/>
-      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="282" w:bottom="0" w:left="1134" w:header="284" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DD2C4F2" w14:textId="77777777" w:rsidR="00D131A4" w:rsidRDefault="00D131A4" w:rsidP="00FF711E">
+    <w:p w14:paraId="66369BF0" w14:textId="77777777" w:rsidR="00F001D8" w:rsidRDefault="00F001D8" w:rsidP="00FF711E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D6FC65F" w14:textId="77777777" w:rsidR="00D131A4" w:rsidRDefault="00D131A4" w:rsidP="00FF711E">
+    <w:p w14:paraId="7146BC67" w14:textId="77777777" w:rsidR="00F001D8" w:rsidRDefault="00F001D8" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -10247,256 +2664,69 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="127382F0" w14:textId="77777777" w:rsidR="00D131A4" w:rsidRDefault="00D131A4" w:rsidP="00FF711E">
+    <w:p w14:paraId="5F906F7C" w14:textId="77777777" w:rsidR="00F001D8" w:rsidRDefault="00F001D8" w:rsidP="00FF711E">
       <w:bookmarkStart w:id="0" w:name="_Hlk203133387"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79811F7C" w14:textId="77777777" w:rsidR="00D131A4" w:rsidRDefault="00D131A4" w:rsidP="00FF711E">
+    <w:p w14:paraId="1D30B428" w14:textId="77777777" w:rsidR="00F001D8" w:rsidRDefault="00F001D8" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...185 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="7AF22B49" w14:textId="77777777" w:rsidR="00FF711E" w:rsidRDefault="008F27E4">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D06597">
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">             </w:t>
     </w:r>
   </w:p>
 </w:hdr>
@@ -12179,50 +4409,51 @@
     <w:rsid w:val="007F6499"/>
     <w:rsid w:val="00807951"/>
     <w:rsid w:val="0082223B"/>
     <w:rsid w:val="00831953"/>
     <w:rsid w:val="00841CB1"/>
     <w:rsid w:val="008550E4"/>
     <w:rsid w:val="00864ED5"/>
     <w:rsid w:val="008679A4"/>
     <w:rsid w:val="008B6B70"/>
     <w:rsid w:val="008E0E1E"/>
     <w:rsid w:val="008F27E4"/>
     <w:rsid w:val="00907A05"/>
     <w:rsid w:val="00943134"/>
     <w:rsid w:val="0096125E"/>
     <w:rsid w:val="00970D47"/>
     <w:rsid w:val="009A549B"/>
     <w:rsid w:val="009C0FC4"/>
     <w:rsid w:val="009C3F90"/>
     <w:rsid w:val="009C5104"/>
     <w:rsid w:val="009D7E63"/>
     <w:rsid w:val="009E251F"/>
     <w:rsid w:val="00A23C45"/>
     <w:rsid w:val="00A44839"/>
     <w:rsid w:val="00A54527"/>
     <w:rsid w:val="00A6176D"/>
+    <w:rsid w:val="00A65564"/>
     <w:rsid w:val="00A7418A"/>
     <w:rsid w:val="00A80B1E"/>
     <w:rsid w:val="00A863B9"/>
     <w:rsid w:val="00A92A53"/>
     <w:rsid w:val="00AA1471"/>
     <w:rsid w:val="00AA3A33"/>
     <w:rsid w:val="00AD370B"/>
     <w:rsid w:val="00AD3A31"/>
     <w:rsid w:val="00AD621F"/>
     <w:rsid w:val="00AE4481"/>
     <w:rsid w:val="00AE63C8"/>
     <w:rsid w:val="00B0334D"/>
     <w:rsid w:val="00B045F6"/>
     <w:rsid w:val="00B064EE"/>
     <w:rsid w:val="00B129DE"/>
     <w:rsid w:val="00B226A2"/>
     <w:rsid w:val="00B32E7D"/>
     <w:rsid w:val="00B554DE"/>
     <w:rsid w:val="00B63526"/>
     <w:rsid w:val="00B8312C"/>
     <w:rsid w:val="00B92088"/>
     <w:rsid w:val="00B969E5"/>
     <w:rsid w:val="00BB0FCD"/>
     <w:rsid w:val="00BE23A4"/>
     <w:rsid w:val="00BE5F86"/>
@@ -12232,50 +4463,51 @@
     <w:rsid w:val="00C44B7C"/>
     <w:rsid w:val="00C45D9A"/>
     <w:rsid w:val="00C74E15"/>
     <w:rsid w:val="00C926D3"/>
     <w:rsid w:val="00D06597"/>
     <w:rsid w:val="00D131A4"/>
     <w:rsid w:val="00D13704"/>
     <w:rsid w:val="00D16B52"/>
     <w:rsid w:val="00D23B77"/>
     <w:rsid w:val="00D65738"/>
     <w:rsid w:val="00DA6B24"/>
     <w:rsid w:val="00DB6CE6"/>
     <w:rsid w:val="00DD6273"/>
     <w:rsid w:val="00DD6995"/>
     <w:rsid w:val="00E104E7"/>
     <w:rsid w:val="00E12F8E"/>
     <w:rsid w:val="00E52EB0"/>
     <w:rsid w:val="00E7100E"/>
     <w:rsid w:val="00E71CE1"/>
     <w:rsid w:val="00EA0124"/>
     <w:rsid w:val="00EA0233"/>
     <w:rsid w:val="00EE29C5"/>
     <w:rsid w:val="00EF20CF"/>
     <w:rsid w:val="00EF45D9"/>
     <w:rsid w:val="00EF5D43"/>
+    <w:rsid w:val="00F001D8"/>
     <w:rsid w:val="00F036E9"/>
     <w:rsid w:val="00F06A40"/>
     <w:rsid w:val="00F526D2"/>
     <w:rsid w:val="00F576AE"/>
     <w:rsid w:val="00F63EBD"/>
     <w:rsid w:val="00F643B5"/>
     <w:rsid w:val="00F96A97"/>
     <w:rsid w:val="00FA4FDF"/>
     <w:rsid w:val="00FC33B2"/>
     <w:rsid w:val="00FC787D"/>
     <w:rsid w:val="00FD0102"/>
     <w:rsid w:val="00FD2989"/>
     <w:rsid w:val="00FF711E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -12397,98 +4629,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -12944,55 +5179,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2043941472">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/obshtinski%20administratsii/unificirani%20uslugi/2107?mId=351&amp;cP=1&amp;q=2107" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13221,82 +5452,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA462F28-FDC2-4FFC-870B-9E7670748CA4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5560ACAD-CD82-45F8-9DC7-8A2AE9D8D364}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1272</Words>
-  <Characters>7255</Characters>
+  <Words>633</Words>
+  <Characters>3614</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8510</CharactersWithSpaces>
+  <CharactersWithSpaces>4239</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ozeleniavane1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>