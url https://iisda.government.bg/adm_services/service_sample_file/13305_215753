--- v0 (2025-11-11)
+++ v1 (2025-12-22)
@@ -4,51 +4,51 @@
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="3E73A4F6" w14:textId="77777777" w:rsidR="007370FD" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:firstLine="6946"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26EBAC56" wp14:editId="3A3F16D7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -116,172 +116,276 @@
                               <w:t>х. № .................................</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>До</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Кмета</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="0F1C3C1A" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                              <w:t>Дата: .............................. г.</w:t>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Дата</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>: .............................. г.</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">              </w:t>
                             </w:r>
-                            <w:r>
-[...4 lines deleted...]
-                              <w:t>на:</w:t>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> ..................................................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>.....................</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="493A6692" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">           </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>ден, месец, година</w:t>
-                            </w:r>
+                              <w:t>ден</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>месец</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>година</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">                         </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>общ</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>ина/ район/ кметство</w:t>
-                            </w:r>
+                              <w:t>ина</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">/ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>район</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">/ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>кметство</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="607DC08F" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="53511FC4" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="6A3C78AB" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="center"/>
@@ -309,482 +413,1047 @@
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>ЗА ИЗДАВАНЕ НА УДОСТОВЕРЕНИЕ ВЪЗ ОСНОВА НА РЕГИСТЪРА НА НАСЕЛЕНИЕТО</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="47BA736E" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="56EB26B0" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>От</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>................................................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>..............................................................................................................................................</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="16382514" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">                                                                        </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>име: собствено</w:t>
-                            </w:r>
+                              <w:t>име</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>собствено</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>, бащино, фамилно</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="02F31C67" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>ЕГН</w:t>
                             </w:r>
                             <w:r>
-                              <w:t>: …………..............................................................</w:t>
+                              <w:t>: …………</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:t>..............................................................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>...........</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> ,</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r>
                               <w:tab/>
                               <w:t>ЛНЧ: …………………………</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>….</w:t>
                             </w:r>
                             <w:r>
                               <w:t>……………</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>..…...</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="43954E5F" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">        </w:t>
                             </w:r>
-                            <w:r>
-[...1 lines deleted...]
-                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>когато</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>лицето</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>няма</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> ЕГН </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>се</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>посочва</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>дата</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>раждане</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="51EC59C5" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
-                              <w:t>ЕИК по БУЛСТАТ: …………………………………………</w:t>
+                              <w:t xml:space="preserve">ЕИК </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>по</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> БУЛСТАТ: …………………………………………</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
-                              <w:t>ЕИК по ЗТР: ……………………………</w:t>
+                              <w:t xml:space="preserve">ЕИК </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>по</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> ЗТР: ……………………………</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
-                              <w:t>……..……</w:t>
+                              <w:t>…</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:lang w:val="bg-BG"/>
+                              </w:rPr>
+                              <w:t>…..</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:lang w:val="bg-BG"/>
+                              </w:rPr>
+                              <w:t>……</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="733CC171" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:ind w:left="567" w:hanging="567"/>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-                              <w:t xml:space="preserve">когато заявлението се подава от заявител,           </w:t>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>когато</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>заявлението</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>се</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>подава</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>от</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:t>заявител</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve">,   </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve">        </w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">           когато заявлението се подава от заявител, </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7CD5F4F2" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>р</w:t>
                             </w:r>
-                            <w:r>
-[...1 lines deleted...]
-                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>егистриран</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>по</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-                              <w:t>Закона за регистър БУЛСТАТ</w:t>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>Закона</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>регистър</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> БУЛСТАТ</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">           регистриран по Закона за търговския регистър</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3722F382" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Адрес:</w:t>
+                              <w:t>Адрес</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> .............................................................................................................................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>....</w:t>
                             </w:r>
                             <w:r>
                               <w:t>...........................................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>............</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="52E484FD" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">                                                                                        </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>посочва се адрес за кореспонденция</w:t>
-                            </w:r>
+                              <w:t>посочва</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>се</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>адрес</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>кореспонденция</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="23CEB1AF" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Телефон:……………</w:t>
-                            </w:r>
+                              <w:t>Телефон</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>:…</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>…………</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>…</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>…</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">... </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> Факс:……………………</w:t>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Факс</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>:…</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>…………………</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> Адрес на електронна поща</w:t>
-                            </w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Адрес</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>електронна</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>поща</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:t>: .........................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>..........</w:t>
                             </w:r>
                             <w:r>
                               <w:t>....</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>.....</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="4B833CE6" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="04C4117C" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                              <w:t>Желая да ми бъде издадено посоченото удостоверение, което се отнася:</w:t>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Желая</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>да</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>ми</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>бъде</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>издадено</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>посоченото</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>което</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>се</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>отнася</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="70DF71EC" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>□ за мен</w:t>
-                            </w:r>
+                              <w:t xml:space="preserve">□ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>мен</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="47226D8F" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>лицето</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:t>: ..........................................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>..</w:t>
                             </w:r>
                             <w:r>
                               <w:t>......</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>..................</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.......................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
@@ -811,286 +1480,824 @@
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">                                                                   </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0ED1E67C" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">                                                                         </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>име: собствено</w:t>
-                            </w:r>
+                              <w:t>име</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>собствено</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>, бащино, фамилно</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2583ED3A" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>1.Удостоверение за семейно положение;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>1.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>семейно</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>положение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="51309D2A" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>2.Удостоверение за семейно положение, съпруг/а и деца;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>2.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>семейно</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>положение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>съпруг</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">/а и </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>деца</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="510A3EF4" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>3.Удостоверение за съпруг/а и родствени връзки;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>3.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>съпруг</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">/а и </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>родствени</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>връзки</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="111E09A9" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>4.Удостоверение за родените от майката деца;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>4.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>родените</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>от</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>майката</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>деца</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="486544E7" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>5.Удостоверение за правно ограничение;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>5.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>правно</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>ограничение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="701127B5" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...6 lines deleted...]
-                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>6.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>идентичност</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>лице</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> с </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>различни</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>имена</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>..……………………………………..…………...</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5D2D4A21" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00880251" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:ind w:left="284" w:right="45"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
@@ -1159,522 +2366,1710 @@
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>7.Удостоверение за вписване в регистъра на населението;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>7.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>вписване</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> в </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>регистъра</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>населението</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2A46A828" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve">8.Удостоверение за сключване на брак от български гражданин в </w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>8.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>сключване</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>брак</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>от</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>български</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>гражданин</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> в </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>ч</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>ужбина</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>………………………………..</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="73ADD2A8" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="0004729C" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:ind w:right="45"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>……………………………………………………………………………………………………………………………….</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6E7765D9" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:ind w:right="45"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">                                                  </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>вписва се името на лицето, с което българският гражданин ще сключва брак</w:t>
-                            </w:r>
+                              <w:t>вписва</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>се</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>името</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>лицето</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, с </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>което</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>българският</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>гражданин</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>ще</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>сключва</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>брак</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="758B288B" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>9.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Удостоверение за снабдяване на чужд гражданин с документ за сключване на граждански </w:t>
+                              <w:t>Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>снабдяване</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>чужд</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>гражданин</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> с </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>документ</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>сключване</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>граждански</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="769F604B" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="0004729C" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>б</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>рак в Република</w:t>
-                            </w:r>
+                              <w:t>рак</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> в </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Република</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> България</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>:…………………………………………………………..………………………………..</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5B3E0A91" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">                                                  </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>вписва се името на лицето, с което чуждият гражданин ще сключва брак</w:t>
-                            </w:r>
+                              <w:t>вписва</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>се</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>името</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>лицето</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, с </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>което</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>чуждият</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>гражданин</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>ще</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>сключва</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>брак</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="7628371C" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>10.Удостоверение за постоянен адрес;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>10.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>постоянен</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>адрес</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7FD73696" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>11.Удостоверение за настоящ адрес;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>11.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>настоящ</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>адрес</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7E561DC9" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>12.Удостоверение за промени на постоянен адрес;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>12.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>промени</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>постоянен</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>адрес</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="48C1AD9E" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>13.Удостоверение за промени на настоящ адрес;</w:t>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>13.Удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>промени</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>настоящ</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>адрес</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:iCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>;</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="492E5B24" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="43"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>14.Друго</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>:..................................................................................................................................................................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>..</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>.....</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="126B5EA1" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="004E1F51" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:leader="dot" w:pos="8569"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="004E1F51">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Прилагам следните документи: .........................................................................................</w:t>
+                              <w:t>Прилагам</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>следните</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>документи</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>: .........................................................................................</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004E1F51">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>...........</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>................</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004E1F51">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="bg-BG"/>
@@ -1682,548 +4077,1569 @@
                               <w:t>.....</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3C1A0534" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="004E1F51" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:leader="dot" w:pos="8569"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="4D467701" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="004E1F51" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:leader="dot" w:pos="8569"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="004E1F51">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Заявявам желанието си издаденото удостоверение да бъде получено:</w:t>
+                              <w:t>Заявявам</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>желанието</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>си</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>издаденото</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>удостоверение</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>да</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>бъде</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>получено</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004E1F51">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="23503669" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:textAlignment w:val="center"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
-                              <w:t>чрез лицензиран пощенски оператор на адрес: ....................................................</w:t>
+                              <w:t>чрез</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>лицензиран</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>пощенски</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>оператор</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>адрес</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>: ....................................................</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>...............</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>..</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>...</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>...</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>..................................</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>,</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="574413D7" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:textAlignment w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">като декларирам, че пощенските разходи са за моя сметка, платими при получаването му за вътрешни </w:t>
+                              <w:t>като</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>декларирам</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>че</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>пощенските</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>разходи</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>са</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>моя</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>сметка</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>платими</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>при</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>получаването</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>му</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>вътрешни</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="69B9F3B3" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:textAlignment w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
-                              <w:t>пощенски пратки, и съм съгласен документите да бъдат пренасяни за служебни цели</w:t>
-                            </w:r>
+                              <w:t>пощенски</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>пратки</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, и </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>съм</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>съгласен</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>документите</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>да</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>бъдат</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>пренасяни</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>служебни</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>цели</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="1DC6F6A4" w14:textId="24B92274" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:textAlignment w:val="center"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00AE2498">
                               <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
-                              <w:t>като вътрешна препоръчана пощенска пратка</w:t>
-                            </w:r>
+                              <w:t>като</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>вътрешна</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>препоръчана</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>пощенска</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>пратка</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="74F0B888" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:textAlignment w:val="center"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00AE2498">
                               <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
-                              <w:t>като вътрешна куриерска пратка</w:t>
-                            </w:r>
+                              <w:t>като</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>вътрешна</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>куриерска</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>пратка</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="51E43A22" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:textAlignment w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AE2498">
                               <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
-                              <w:t>като международна препоръчана пощенска пратка</w:t>
-                            </w:r>
+                              <w:t>като</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>международна</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>препоръчана</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>пощенска</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>пратка</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="3B970697" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:textAlignment w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AE2498">
                               <w:t xml:space="preserve">□ </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
-                              <w:t>лично от звеното за административно обслужване</w:t>
-                            </w:r>
+                              <w:t>лично</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>от</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>звеното</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>за</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>административно</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>обслужване</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="2BE49956" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:textAlignment w:val="center"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00AE2498">
                               <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:color w:val="000000"/>
                               </w:rPr>
-                              <w:t>по електронен път на електронна поща</w:t>
-                            </w:r>
+                              <w:t>по</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>електронен</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>път</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>на</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>електронна</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>поща</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="7BDB40D8" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="25539F0C" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00AE2498">
-                              <w:t>Дата: ..............................</w:t>
+                              <w:t>Дата</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE2498">
+                              <w:t>: ..............................</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>........</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00AE2498">
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">                                      </w:t>
                             </w:r>
-                            <w:r>
-                              <w:t>Подпис:.............................</w:t>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:t>Подпис</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t>:.............................</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>......</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>....</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
                           <w:p w14:paraId="14095D83" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00DA2238" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t xml:space="preserve">          </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00DA2238">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">ден, месец, година </w:t>
+                              <w:t>ден</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>месец</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>година</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00DA2238">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="151956A1" w14:textId="77777777" w:rsidR="00282A03" w:rsidRPr="00282A03" w:rsidRDefault="00282A03" w:rsidP="00AD31BB">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="081D0B86" w14:textId="77777777" w:rsidR="007370FD" w:rsidRDefault="007370FD" w:rsidP="007370FD">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="26EBAC56" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Текстово поле 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-14.7pt;margin-top:-26.7pt;width:519.75pt;height:807pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA92DvRFgIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGnVljZqulq6FCEt&#10;C9LCB7iO01g4HjN2m5SvZ+x0u9WCOCB8sDye8fPMmzerm7417KjQa7AlH49yzpSVUGm7L/m3r9s3&#10;C858ELYSBqwq+Ul5frN+/WrVuUJNoAFTKWQEYn3RuZI3Ibgiy7xsVCv8CJyy5KwBWxHIxH1WoegI&#10;vTXZJM/nWQdYOQSpvKfbu8HJ1wm/rpUMn+vaq8BMySm3kHZM+y7u2Xolij0K12h5TkP8Qxat0JY+&#10;vUDdiSDYAfVvUK2WCB7qMJLQZlDXWqpUA1Uzzl9U89gIp1ItRI53F5r8/4OVD8dH9wVZ6N9BTw1M&#10;RXh3D/K7ZxY2jbB7dYsIXaNERR+PI2VZ53xxfhqp9oWPILvuE1TUZHEIkID6GtvICtXJCJ0acLqQ&#10;rvrAJF3O53m+mMw4k+Qb55PpYpmnvmSieHrv0IcPCloWDyVHamvCF8d7H2I+ongKid95MLraamOS&#10;gfvdxiA7CpLANq1UwoswY1lX8uWMMvk7RJ7WnyBaHUjLRrclX1yCRBGJe2+rpLQgtBnOlLKxZyYj&#10;eQONod/1FBgZ3UF1Ik4RBs3SjNGhAfzJWUd6Lbn/cRCoODMfLfVlOZ5Oo8CTMZ29nZCB157dtUdY&#10;SVAlD5wNx00YhuLgUO8b+mlQgoVb6mWtE8nPWZ3zJk0m7s/zE0V/baeo5ylf/wIAAP//AwBQSwME&#10;FAAGAAgAAAAhAHtyZu/hAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFxQ&#10;69Cf0IY4FUICwQ0Kgqsbb5MIex1sNw1vz/YE2susdjT7TbkZnRUDhth5UnA9zUAg1d501Ch4f3uY&#10;rEDEpMlo6wkV/GCETXV+VurC+CO94rBNjeAQioVW0KbUF1LGukWn49T3SHzb++B04jU00gR95HBn&#10;5SzLcul0R/yh1T3et1h/bQ9OwWrxNHzG5/nLR53v7Tpd3QyP30Gpy4vx7hZEwjH9meGEz+hQMdPO&#10;H8hEYRVMZusFW1ks5yxOjowHxI7VMs9ykFUp/7eofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQA92DvRFgIAAC0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQB7cmbv4QAAAA0BAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;">
+              <v:shape id="Текстово поле 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-14.7pt;margin-top:-26.7pt;width:519.75pt;height:807pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZyw07SwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6L3aMNEuMOEXXrsOA&#10;7gfo9gCKLMfCZFGTlNjdbX2UPcKAXjagewX3jUbJaRZ0ww7DfBBIUfxIfiS9OO4aRbbCOgm6oONR&#10;SonQHEqp1wV9/+78yYwS55kumQItCnolHD1ePn60aE0uMqhBlcISBNEub01Ba+9NniSO16JhbgRG&#10;aDRWYBvmUbXrpLSsRfRGJVmaTpMWbGkscOEc3p4NRrqM+FUluH9TVU54ogqKufl42niuwpksFyxf&#10;W2ZqyXdpsH/IomFSY9A91BnzjGys/A2qkdyCg8qPODQJVJXkItaA1YzTB9Vc1syIWAuS48yeJvf/&#10;YPnr7VtLZFnQjBLNGmxR/6W/6b/dfb677m/7r/0t6X+g8L2/IVmgqzUuR69Lg36+ewYdtj2W7swF&#10;8A+OaDitmV6LE2uhrQUrMd1x8EwOXAccF0BW7SsoMS7beIhAXWWbwCWyQxAd23a1b5XoPOF4OZ2m&#10;6Sw7ooSjbZxmk9k8jd1MWH7vb6zzLwQ0JAgFtTgMEZ9tL5wP+bD8/kkI50DJ8lwqFRW7Xp0qS7YM&#10;B+c8frGEB8+UJm1B50eYyd8h0vj9CaKRHjdAyaags/0jlgfinusyzqdnUg0ypqz0jslA3kCj71bd&#10;rjMrKK+QUwvDpONmolCD/URJi1NeUPdxw6ygRL3U2Jf5eDIJaxGVydHTDBV7aFkdWpjmCFVQT8kg&#10;nvphlTbGynWNkYZJ0HCCvaxkJDk0fchqlzdOcuR+t3VhVQ71+OrXv2H5EwAA//8DAFBLAwQUAAYA&#10;CAAAACEAe3Jm7+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXFDr0J/Q&#10;hjgVQgLBDQqCqxtvkwh7HWw3DW/P9gTay6x2NPtNuRmdFQOG2HlScD3NQCDV3nTUKHh/e5isQMSk&#10;yWjrCRX8YIRNdX5W6sL4I73isE2N4BCKhVbQptQXUsa6Rafj1PdIfNv74HTiNTTSBH3kcGflLMty&#10;6XRH/KHVPd63WH9tD07BavE0fMbn+ctHne/tOl3dDI/fQanLi/HuFkTCMf2Z4YTP6FAx084fyERh&#10;FUxm6wVbWSznLE6OjAfEjtUyz3KQVSn/t6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ABnLDTtLAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAHtyZu/hAAAADQEAAA8AAAAAAAAAAAAAAAAApQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1B044D75" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>В</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>х. № .................................</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>До</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Кмета</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="0F1C3C1A" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                        <w:t>Дата: .............................. г.</w:t>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Дата</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>: .............................. г.</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">              </w:t>
                       </w:r>
-                      <w:r>
-[...4 lines deleted...]
-                        <w:t>на:</w:t>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> ..................................................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>.....................</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="493A6692" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">           </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>ден, месец, година</w:t>
-                      </w:r>
+                        <w:t>ден</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>месец</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>година</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">                         </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>общ</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>ина/ район/ кметство</w:t>
-                      </w:r>
+                        <w:t>ина</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">/ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>район</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">/ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>кметство</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="607DC08F" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="53511FC4" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="6A3C78AB" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="center"/>
@@ -2251,482 +5667,1047 @@
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>ЗА ИЗДАВАНЕ НА УДОСТОВЕРЕНИЕ ВЪЗ ОСНОВА НА РЕГИСТЪРА НА НАСЕЛЕНИЕТО</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="47BA736E" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="56EB26B0" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>От</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>................................................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>..............................................................................................................................................</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="16382514" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">                                                                        </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>име: собствено</w:t>
-                      </w:r>
+                        <w:t>име</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>собствено</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>, бащино, фамилно</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="02F31C67" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>ЕГН</w:t>
                       </w:r>
                       <w:r>
-                        <w:t>: …………..............................................................</w:t>
+                        <w:t>: …………</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:t>..............................................................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>...........</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> ,</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r>
                         <w:tab/>
                         <w:t>ЛНЧ: …………………………</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>….</w:t>
                       </w:r>
                       <w:r>
                         <w:t>……………</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>..…...</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="43954E5F" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">        </w:t>
                       </w:r>
-                      <w:r>
-[...1 lines deleted...]
-                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>когато</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>лицето</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>няма</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> ЕГН </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>се</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>посочва</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>дата</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>раждане</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="51EC59C5" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
-                        <w:t>ЕИК по БУЛСТАТ: …………………………………………</w:t>
+                        <w:t xml:space="preserve">ЕИК </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>по</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> БУЛСТАТ: …………………………………………</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
-                        <w:t>ЕИК по ЗТР: ……………………………</w:t>
+                        <w:t xml:space="preserve">ЕИК </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>по</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> ЗТР: ……………………………</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
-                        <w:t>……..……</w:t>
+                        <w:t>…</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:lang w:val="bg-BG"/>
+                        </w:rPr>
+                        <w:t>…..</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:lang w:val="bg-BG"/>
+                        </w:rPr>
+                        <w:t>……</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="733CC171" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:ind w:left="567" w:hanging="567"/>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-                        <w:t xml:space="preserve">когато заявлението се подава от заявител,           </w:t>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>когато</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>заявлението</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>се</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>подава</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>от</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:t>заявител</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve">,   </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve">        </w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">           когато заявлението се подава от заявител, </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7CD5F4F2" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>р</w:t>
                       </w:r>
-                      <w:r>
-[...1 lines deleted...]
-                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>егистриран</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>по</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-                        <w:t>Закона за регистър БУЛСТАТ</w:t>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>Закона</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>регистър</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> БУЛСТАТ</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">           регистриран по Закона за търговския регистър</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3722F382" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>Адрес:</w:t>
+                        <w:t>Адрес</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> .............................................................................................................................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>....</w:t>
                       </w:r>
                       <w:r>
                         <w:t>...........................................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>............</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="52E484FD" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">                                                                                        </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>посочва се адрес за кореспонденция</w:t>
-                      </w:r>
+                        <w:t>посочва</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>се</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>адрес</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>кореспонденция</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="23CEB1AF" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>Телефон:……………</w:t>
-                      </w:r>
+                        <w:t>Телефон</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>:…</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>…………</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>…</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>…</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">... </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> Факс:……………………</w:t>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Факс</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>:…</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>…………………</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> Адрес на електронна поща</w:t>
-                      </w:r>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Адрес</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>електронна</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>поща</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:t>: .........................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>..........</w:t>
                       </w:r>
                       <w:r>
                         <w:t>....</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>.....</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="4B833CE6" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="04C4117C" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                        <w:t>Желая да ми бъде издадено посоченото удостоверение, което се отнася:</w:t>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Желая</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>да</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>ми</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>бъде</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>издадено</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>посоченото</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>което</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>се</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>отнася</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="70DF71EC" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>□ за мен</w:t>
-                      </w:r>
+                        <w:t xml:space="preserve">□ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>мен</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="47226D8F" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>лицето</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:t>: ..........................................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>..</w:t>
                       </w:r>
                       <w:r>
                         <w:t>......</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>..................</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.......................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
@@ -2753,286 +6734,824 @@
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">                                                                   </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0ED1E67C" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">                                                                         </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>име: собствено</w:t>
-                      </w:r>
+                        <w:t>име</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>собствено</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>, бащино, фамилно</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2583ED3A" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>1.Удостоверение за семейно положение;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>1.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>семейно</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>положение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="51309D2A" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>2.Удостоверение за семейно положение, съпруг/а и деца;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>2.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>семейно</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>положение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>съпруг</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">/а и </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>деца</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="510A3EF4" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>3.Удостоверение за съпруг/а и родствени връзки;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>3.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>съпруг</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">/а и </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>родствени</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>връзки</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="111E09A9" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>4.Удостоверение за родените от майката деца;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>4.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>родените</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>от</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>майката</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>деца</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="486544E7" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>5.Удостоверение за правно ограничение;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>5.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>правно</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>ограничение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="701127B5" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...6 lines deleted...]
-                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>6.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>идентичност</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>лице</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> с </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>различни</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>имена</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>..……………………………………..…………...</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5D2D4A21" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00880251" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:ind w:left="284" w:right="45"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
@@ -3101,522 +7620,1710 @@
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>7.Удостоверение за вписване в регистъра на населението;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>7.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>вписване</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> в </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>регистъра</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>населението</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2A46A828" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve">8.Удостоверение за сключване на брак от български гражданин в </w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>8.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>сключване</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>брак</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>от</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>български</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>гражданин</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> в </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>ч</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>ужбина</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>………………………………..</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="73ADD2A8" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="0004729C" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:ind w:right="45"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>……………………………………………………………………………………………………………………………….</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6E7765D9" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:ind w:right="45"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">                                                  </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>вписва се името на лицето, с което българският гражданин ще сключва брак</w:t>
-                      </w:r>
+                        <w:t>вписва</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>се</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>името</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>лицето</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, с </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>което</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>българският</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>гражданин</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>ще</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>сключва</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>брак</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="758B288B" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>9.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Удостоверение за снабдяване на чужд гражданин с документ за сключване на граждански </w:t>
+                        <w:t>Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>снабдяване</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>чужд</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>гражданин</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> с </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>документ</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>сключване</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>граждански</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="769F604B" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="0004729C" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>б</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>рак в Република</w:t>
-                      </w:r>
+                        <w:t>рак</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> в </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Република</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> България</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>:…………………………………………………………..………………………………..</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5B3E0A91" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">                                                  </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>вписва се името на лицето, с което чуждият гражданин ще сключва брак</w:t>
-                      </w:r>
+                        <w:t>вписва</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>се</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>името</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>лицето</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, с </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>което</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>чуждият</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>гражданин</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>ще</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>сключва</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>брак</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="7628371C" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>10.Удостоверение за постоянен адрес;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>10.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>постоянен</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>адрес</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7FD73696" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>11.Удостоверение за настоящ адрес;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>11.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>настоящ</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>адрес</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7E561DC9" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>12.Удостоверение за промени на постоянен адрес;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>12.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>промени</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>постоянен</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>адрес</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="48C1AD9E" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>13.Удостоверение за промени на настоящ адрес;</w:t>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>13.Удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>промени</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>настоящ</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>адрес</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:iCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>;</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="492E5B24" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="43"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>14.Друго</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>:..................................................................................................................................................................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>..</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>.....</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="126B5EA1" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="004E1F51" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:leader="dot" w:pos="8569"/>
                         </w:tabs>
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="004E1F51">
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>Прилагам следните документи: .........................................................................................</w:t>
+                        <w:t>Прилагам</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>следните</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>документи</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>: .........................................................................................</w:t>
                       </w:r>
                       <w:r w:rsidRPr="004E1F51">
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>...........</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>................</w:t>
                       </w:r>
                       <w:r w:rsidRPr="004E1F51">
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="bg-BG"/>
@@ -3624,366 +9331,1319 @@
                         <w:t>.....</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3C1A0534" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="004E1F51" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:leader="dot" w:pos="8569"/>
                         </w:tabs>
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="4D467701" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="004E1F51" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:leader="dot" w:pos="8569"/>
                         </w:tabs>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="004E1F51">
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>Заявявам желанието си издаденото удостоверение да бъде получено:</w:t>
+                        <w:t>Заявявам</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>желанието</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>си</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>издаденото</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>удостоверение</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>да</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>бъде</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>получено</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004E1F51">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="23503669" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:textAlignment w:val="center"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
-                        <w:t>чрез лицензиран пощенски оператор на адрес: ....................................................</w:t>
+                        <w:t>чрез</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>лицензиран</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>пощенски</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>оператор</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>адрес</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>: ....................................................</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>...............</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>..</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>...</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>...</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>..................................</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>,</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="574413D7" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:textAlignment w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">като декларирам, че пощенските разходи са за моя сметка, платими при получаването му за вътрешни </w:t>
+                        <w:t>като</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>декларирам</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>че</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>пощенските</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>разходи</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>са</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>моя</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>сметка</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>платими</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>при</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>получаването</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>му</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>вътрешни</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="69B9F3B3" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:textAlignment w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
-                        <w:t>пощенски пратки, и съм съгласен документите да бъдат пренасяни за служебни цели</w:t>
-                      </w:r>
+                        <w:t>пощенски</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>пратки</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, и </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>съм</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>съгласен</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>документите</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>да</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>бъдат</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>пренасяни</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>служебни</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>цели</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="1DC6F6A4" w14:textId="24B92274" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:textAlignment w:val="center"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00AE2498">
                         <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
-                        <w:t>като вътрешна препоръчана пощенска пратка</w:t>
-                      </w:r>
+                        <w:t>като</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>вътрешна</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>препоръчана</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>пощенска</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>пратка</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="74F0B888" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:textAlignment w:val="center"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00AE2498">
                         <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
-                        <w:t>като вътрешна куриерска пратка</w:t>
-                      </w:r>
+                        <w:t>като</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>вътрешна</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>куриерска</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>пратка</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="51E43A22" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:textAlignment w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AE2498">
                         <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
-                        <w:t>като международна препоръчана пощенска пратка</w:t>
-                      </w:r>
+                        <w:t>като</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>международна</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>препоръчана</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>пощенска</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>пратка</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="3B970697" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:textAlignment w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AE2498">
                         <w:t xml:space="preserve">□ </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
-                        <w:t>лично от звеното за административно обслужване</w:t>
-                      </w:r>
+                        <w:t>лично</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>от</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>звеното</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>за</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>административно</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>обслужване</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="2BE49956" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00AE2498" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:textAlignment w:val="center"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00AE2498">
                         <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:color w:val="000000"/>
                         </w:rPr>
-                        <w:t>по електронен път на електронна поща</w:t>
-                      </w:r>
+                        <w:t>по</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>електронен</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>път</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>на</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>електронна</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>поща</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="7BDB40D8" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="25539F0C" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00AE2498">
-                        <w:t>Дата: ..............................</w:t>
+                        <w:t>Дата</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE2498">
+                        <w:t>: ..............................</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>........</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00AE2498">
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">                                      </w:t>
                       </w:r>
-                      <w:r>
-                        <w:t>Подпис:.............................</w:t>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:t>Подпис</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t>:.............................</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>......</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>....</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
                     <w:p w14:paraId="14095D83" w14:textId="77777777" w:rsidR="00BD7E4F" w:rsidRPr="00DA2238" w:rsidRDefault="00BD7E4F" w:rsidP="00BD7E4F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t xml:space="preserve">          </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00DA2238">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">ден, месец, година </w:t>
+                        <w:t>ден</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>месец</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>година</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00DA2238">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="151956A1" w14:textId="77777777" w:rsidR="00282A03" w:rsidRPr="00282A03" w:rsidRDefault="00282A03" w:rsidP="00AD31BB">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="081D0B86" w14:textId="77777777" w:rsidR="007370FD" w:rsidRDefault="007370FD" w:rsidP="007370FD">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>Приложение № 1 към чл. 6, ал.1</w:t>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>към</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>чл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>. 6, ал.1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758C340D" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00F75515" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:firstLine="6946"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EB5C9E4" w14:textId="77777777" w:rsidR="004E3550" w:rsidRDefault="004E3550" w:rsidP="0068772A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F0EEA59" w14:textId="77777777" w:rsidR="003D7886" w:rsidRDefault="003D7886" w:rsidP="0068772A">
@@ -4593,130 +11253,188 @@
       <w:r w:rsidR="00DE470D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>4 от Закона за гражданска регистрация</w:t>
       </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163A379D" w14:textId="115E7093" w:rsidR="00732203" w:rsidRPr="00732203" w:rsidRDefault="004C208B" w:rsidP="00732203">
+    <w:p w14:paraId="163A379D" w14:textId="4F8A7172" w:rsidR="00732203" w:rsidRPr="00D719ED" w:rsidRDefault="004C208B" w:rsidP="00732203">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="9923"/>
         </w:tabs>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00732203">
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00732203" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00732203" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="00732203" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">никален идентификатор на административната услуга </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00732203" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 207</w:t>
+      </w:r>
+      <w:r w:rsidR="00303EA6" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00732203" w:rsidRPr="00732203">
-[...5 lines deleted...]
-        <w:t>/</w:t>
+      <w:r w:rsidR="00D719ED" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52744B3D" w14:textId="77777777" w:rsidR="00732203" w:rsidRPr="00732203" w:rsidRDefault="00732203" w:rsidP="00732203">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52774EC2" w14:textId="77777777" w:rsidR="00732203" w:rsidRPr="00732203" w:rsidRDefault="00732203" w:rsidP="00732203">
+    <w:p w14:paraId="52774EC2" w14:textId="77777777" w:rsidR="00732203" w:rsidRPr="00D719ED" w:rsidRDefault="00732203" w:rsidP="00732203">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00732203">
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>НОРМАТИВНА УРЕДБА:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59621165" w14:textId="33370AB6" w:rsidR="004C208B" w:rsidRDefault="00732203" w:rsidP="004C208B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="9923"/>
         </w:tabs>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
@@ -5038,327 +11756,761 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Наредба</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> за определянето и администрирането на местните</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>определянето</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>администрирането</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>местните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> такси и цени </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>такси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">услуги </w:t>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">на територията на </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75364598" w14:textId="3D0837AA" w:rsidR="004C208B" w:rsidRPr="00DD6995" w:rsidRDefault="004C208B" w:rsidP="00260DA8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">община </w:t>
-      </w:r>
+        <w:t>община</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Луковит.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E18D68C" w14:textId="77777777" w:rsidR="004C208B" w:rsidRDefault="004C208B" w:rsidP="004C208B">
+    <w:p w14:paraId="59EB9C4A" w14:textId="1585114D" w:rsidR="009B76F0" w:rsidRPr="00D719ED" w:rsidRDefault="006C18ED" w:rsidP="009B76F0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ИСКАНЕ</w:t>
+      </w:r>
+      <w:r w:rsidR="009B76F0" w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="bg-BG"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПО ОБРАЗЕЦ С НЕОБХОДИМИТЕ ДОКУМЕНТИ МОЖЕ ДА ПОДАДЕТЕ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ED79E25" w14:textId="1F0291D5" w:rsidR="009B76F0" w:rsidRPr="00BC60EE" w:rsidRDefault="009B76F0" w:rsidP="009B76F0">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ично или чрез </w:t>
-      </w:r>
+        <w:t>ично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">изрично </w:t>
-      </w:r>
+        <w:t>изрично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">упълномощено лице в </w:t>
+        <w:t>упълномощено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лице</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
       </w:r>
       <w:r w:rsidR="00554F34">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Ц</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ентър за административно обслужване</w:t>
-      </w:r>
+        <w:t>ентър</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70DAD46B" w14:textId="1F4C6811" w:rsidR="009B76F0" w:rsidRPr="00BC60EE" w:rsidRDefault="009B76F0" w:rsidP="009B76F0">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">стно в </w:t>
+        <w:t>стно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
       </w:r>
       <w:r w:rsidR="00437ECA">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Ц</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ентър за административно обслужване</w:t>
-      </w:r>
+        <w:t>ентър</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32435191" w14:textId="77777777" w:rsidR="00DF6055" w:rsidRDefault="009B76F0" w:rsidP="009B76F0">
+    <w:p w14:paraId="32435191" w14:textId="7EED462D" w:rsidR="00DF6055" w:rsidRDefault="009B76F0" w:rsidP="009B76F0">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidR="005F1BDC">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">чрез единен портал за електронни адм. услуги на Държавна агенция „Електронно управление“ </w:t>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>единен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>електронни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>адм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Министерство на е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лектронно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>то</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>управлени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е </w:t>
       </w:r>
       <w:r w:rsidR="006B6D3C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16140B0E" w14:textId="7FE80EFC" w:rsidR="004C208B" w:rsidRDefault="006B6D3C" w:rsidP="00DF6055">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ПИ</w:t>
       </w:r>
@@ -5382,68 +12534,90 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ли</w:t>
       </w:r>
       <w:r w:rsidR="00DF6055">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">КЕП, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B76F0">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>на адрес:</w:t>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B76F0">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B76F0">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B76F0">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F8C712" w14:textId="6B091FB3" w:rsidR="009B76F0" w:rsidRDefault="005F1BDC" w:rsidP="005F1BDC">
+    <w:p w14:paraId="19F8C712" w14:textId="6B091FB3" w:rsidR="009B76F0" w:rsidRDefault="00080CFB" w:rsidP="005F1BDC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ab"/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00894D43">
+        <w:r w:rsidR="005F1BDC" w:rsidRPr="00894D43">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:bCs/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/obshtinski%20administratsii/unificirani%20uslugi/2075?mId=351&amp;cP=1&amp;q=2075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="09B159C4" w14:textId="28666646" w:rsidR="005F1BDC" w:rsidRDefault="00393859" w:rsidP="009B76F0">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
@@ -5464,97 +12638,89 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">чрез портала за електронни административни услуги в интернет страницата на община Луковит </w:t>
       </w:r>
       <w:r w:rsidR="006B6D3C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">с КЕП, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>на адрес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB01E4D" w14:textId="59CED208" w:rsidR="00393859" w:rsidRPr="00393859" w:rsidRDefault="00260DA8" w:rsidP="005F1BDC">
+    <w:p w14:paraId="0BB01E4D" w14:textId="59CED208" w:rsidR="00393859" w:rsidRPr="00393859" w:rsidRDefault="00080CFB" w:rsidP="005F1BDC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ab"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00894D43">
+        <w:r w:rsidR="00260DA8" w:rsidRPr="00894D43">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://auslugi.com/public/home/lukovit/index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00393859">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344DBE99" w14:textId="77777777" w:rsidR="00393859" w:rsidRDefault="00393859" w:rsidP="009B76F0">
-[...1 lines deleted...]
-        <w:ind w:left="284"/>
+    <w:p w14:paraId="4064DF7F" w14:textId="77777777" w:rsidR="004C208B" w:rsidRPr="00F63EBD" w:rsidRDefault="004C208B" w:rsidP="004C208B">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD6995">
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>НЕОБХОДИМИ ДОКУМЕНТИ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> Искане по образец и:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78DEE952" w14:textId="679F0979" w:rsidR="004C208B" w:rsidRDefault="006C77CF" w:rsidP="004C208B">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -5562,755 +12728,1976 @@
       </w:r>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B76F0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>окумент за с</w:t>
-      </w:r>
+        <w:t>окумент</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C208B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>амоличност</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002F3978">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C208B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> /лична карта</w:t>
       </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> за справка</w:t>
       </w:r>
       <w:r w:rsidR="004C208B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005CE4D3" w14:textId="77777777" w:rsidR="004C208B" w:rsidRPr="00DD6995" w:rsidRDefault="004C208B" w:rsidP="004C208B">
+    <w:p w14:paraId="005CE4D3" w14:textId="77777777" w:rsidR="004C208B" w:rsidRPr="00D719ED" w:rsidRDefault="004C208B" w:rsidP="004C208B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DD6995">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>С НЕОБХОДИМИТЕ ДОКУМЕНТИ МОЖЕ ДА СЕ СНАБДИТЕ КАКТО СЛЕДВА:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="091EA035" w14:textId="09979FC8" w:rsidR="004C208B" w:rsidRDefault="006C77CF" w:rsidP="004C208B">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B76F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r w:rsidR="004C208B">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>т звеното „Български документи за самоличност“ /БДС/ при ОДМВР/СДВР или РУ към тях по постоянен адрес.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4B6166" w14:textId="77777777" w:rsidR="00F90881" w:rsidRDefault="00F90881" w:rsidP="004C208B">
+    <w:p w14:paraId="265F98CE" w14:textId="2FE49596" w:rsidR="004C208B" w:rsidRDefault="004C208B" w:rsidP="004C208B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1275"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="bg-BG"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ВИЕ ТРЯБВА ДА ЗАПЛАТИТЕ:</w:t>
+      </w:r>
+      <w:r w:rsidR="00437B22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5E82" w:rsidRPr="00DB5E82">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Таксата</w:t>
+      </w:r>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00932B04">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на услугата е комбинация от българския документ и многоезичното стандартно удостоверение, което е неразделна част от удостоверението за семейно положение, съпруг/а и деца, както следва:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="265F98CE" w14:textId="2FE49596" w:rsidR="004C208B" w:rsidRDefault="004C208B" w:rsidP="004C208B">
+    <w:p w14:paraId="430E0BBC" w14:textId="056B1C4B" w:rsidR="00932B04" w:rsidRPr="004E0928" w:rsidRDefault="00932B04" w:rsidP="004C208B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1275"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00437B22">
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E0928">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> на услугата е комбинация от българския документ и многоезичното стандартно удостоверение, което е неразделна част от удостоверението за семейно положение, съпруг/а и деца, както следва:</w:t>
+        <w:t xml:space="preserve">Удостоверение за семейно положение, съпруг/а и                      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430E0BBC" w14:textId="056B1C4B" w:rsidR="00932B04" w:rsidRPr="004E0928" w:rsidRDefault="00932B04" w:rsidP="004C208B">
+    <w:p w14:paraId="24CBE1BD" w14:textId="77777777" w:rsidR="00D556BF" w:rsidRPr="004E0928" w:rsidRDefault="004E0928" w:rsidP="00D556BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1275"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E0928">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Удостоверение за семейно положение, съпруг/а и                      </w:t>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="00932B04" w:rsidRPr="004E0928">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>еца за Р</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5454">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">епублика </w:t>
+      </w:r>
+      <w:r w:rsidR="00932B04" w:rsidRPr="004E0928">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">България:                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00D556BF" w:rsidRPr="004E0928">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Многоезично стандартно удостоверение:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CBE1BD" w14:textId="77777777" w:rsidR="00D556BF" w:rsidRPr="004E0928" w:rsidRDefault="004E0928" w:rsidP="00D556BF">
+    <w:p w14:paraId="0616D257" w14:textId="33E24B74" w:rsidR="00932B04" w:rsidRPr="00DD6995" w:rsidRDefault="00932B04" w:rsidP="00D556BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1275"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E0928">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC60EE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/1.79 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обикновена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...35 lines deleted...]
-        <w:t>Многоезично стандартно удостоверение:</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>/1.79</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обикновена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0616D257" w14:textId="0AE1A84E" w:rsidR="00932B04" w:rsidRPr="00DD6995" w:rsidRDefault="00932B04" w:rsidP="00D556BF">
-[...129 lines deleted...]
-    <w:p w14:paraId="039443DA" w14:textId="2B06DB98" w:rsidR="00932B04" w:rsidRPr="00DD6995" w:rsidRDefault="00F90881" w:rsidP="00932B04">
+    <w:p w14:paraId="039443DA" w14:textId="782EF8EA" w:rsidR="00932B04" w:rsidRPr="00DD6995" w:rsidRDefault="00F90881" w:rsidP="00932B04">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidR="00932B04">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5.25</w:t>
       </w:r>
       <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лв. – за бърза услуга;</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/2.68 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бърза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00932B04">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                        </w:t>
-[...5 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidR="00932B04">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.25</w:t>
+      </w:r>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="bg-BG"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>лв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лв. – за бърза услуга;</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/2.68 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бърза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B4953D" w14:textId="34B8A7B7" w:rsidR="004E0928" w:rsidRPr="00DD6995" w:rsidRDefault="00F90881" w:rsidP="004E0928">
+    <w:p w14:paraId="13B4953D" w14:textId="0B7579A2" w:rsidR="004E0928" w:rsidRPr="00DD6995" w:rsidRDefault="00F90881" w:rsidP="004E0928">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidR="00932B04">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7</w:t>
       </w:r>
       <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>00 лв. – за експресна услуга.</w:t>
+        <w:t xml:space="preserve">00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/3.58 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>експресна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00932B04" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004E0928" w:rsidRPr="004E0928">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E0928">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 </w:t>
+        <w:t xml:space="preserve">                                     </w:t>
       </w:r>
       <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidR="004E0928">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7</w:t>
       </w:r>
       <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>00 лв. – за експресна услуга.</w:t>
+        <w:t xml:space="preserve">00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/3.58 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>експресна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159BB2C6" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Заплаща се фиксирана такса в зависимост от начина на предоставяне на резултат от електронната административна услуга, както следва:</w:t>
+        <w:t>Заплаща</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>фиксирана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>такса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зависимост</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>начина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>предоставяне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>резултат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>електронната</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>административна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>както</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>следва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11262296" w14:textId="6B86DD4C" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
+    <w:p w14:paraId="11262296" w14:textId="7311E211" w:rsidR="00F90881" w:rsidRPr="00D719ED" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>експресна</w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> услуга по електронен път – </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>електронен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>път</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>6.30</w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t> лв.</w:t>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>/3.23 евро</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51696671" w14:textId="5EF6AEB2" w:rsidR="007370FD" w:rsidRPr="00DD6995" w:rsidRDefault="007370FD" w:rsidP="007370FD">
+    <w:p w14:paraId="51696671" w14:textId="5EF6AEB2" w:rsidR="007370FD" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DD6995">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>НАЧИН НА ПЛАЩАНЕ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FD03F9" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>на гише "Каса" в Център за административно обслужване (ЦАО)</w:t>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>гише</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Каса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Център</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ЦАО)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="398E50BB" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>чрез ПОС терминал в Център за административно обслужване (ЦАО)</w:t>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПОС </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>терминал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Център</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ЦАО)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23BBF7A4" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>по банкова сметка на община Луковит:</w:t>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>банкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сметка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>община</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Луковит</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D182305" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk200977511"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">         „Банка </w:t>
+        <w:t>         „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Банка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ДСК"  АД</w:t>
+        <w:t>ДСК</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"  АД</w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -6364,834 +14751,2043 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Код за вид плащане:</w:t>
+        <w:t>Код</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вид</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>плащане</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DF9CED6" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>          Административни услуги</w:t>
-      </w:r>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Административни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>44 80 07</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43809C44" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00C26777" w:rsidRDefault="00F90881" w:rsidP="00F90881">
+    <w:p w14:paraId="43809C44" w14:textId="6842B66F" w:rsidR="00F90881" w:rsidRPr="00C26777" w:rsidRDefault="00D719ED" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00207A2C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C26777">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>▪</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>системата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>електронно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>плащане</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (е-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>плащане</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - https://pay.egov.bg/)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90881" w:rsidRPr="00C26777">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>           </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F951D74" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00F526D2" w:rsidRDefault="007370FD" w:rsidP="007370FD">
+    <w:p w14:paraId="0697CA9A" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD6995">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НИЕ ЩЕ ВИ ПРЕДОСТАВИМ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>УДОСТОВЕРЕНИЕТО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> В СРОК:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C518AC0" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00DD6995" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> работни дни – за обикновена услуга;</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>работни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>дни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>обикновена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F44ABB6" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00DD6995" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> работ</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
+        </w:rPr>
+        <w:t>работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ен</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> д</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">ен </w:t>
+        <w:t>ен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> – за бърза услуга;</w:t>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бърза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287C354B" w14:textId="77777777" w:rsidR="007370FD" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">часа              </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>– за експресна услуга.</w:t>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>експресна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40153F5C" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00093C03" w:rsidRDefault="007370FD" w:rsidP="007370FD">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="6844743A" w14:textId="2A0210CC" w:rsidR="007370FD" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="007370FD">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD6995">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВИЕ МОЖЕ ДА ЗАЯВИТЕ ЖЕЛАНИЕТО СИ ИЗДАДЕНИЯТ ИНДИВИДУАЛЕН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="bg-BG"/>
-[...20 lines deleted...]
-        <w:t>АКТ ДА ПОЛУЧИТЕ:</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ДМИНИСТРТИВЕН АКТ ДА ПОЛУЧИТЕ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="252BC11E" w14:textId="532F5718" w:rsidR="007370FD" w:rsidRPr="00BC60EE" w:rsidRDefault="006C77CF" w:rsidP="007370FD">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk90307314"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC60EE" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B76F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ично или  чрез упълномощено лице в </w:t>
+        <w:t>ично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>упълномощено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лице</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
       </w:r>
       <w:r w:rsidR="00AA3243">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Ц</w:t>
       </w:r>
       <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ентър</w:t>
       </w:r>
       <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> за административно обслужване</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9C72E5" w14:textId="45C534C8" w:rsidR="006C77CF" w:rsidRDefault="006C77CF" w:rsidP="007370FD">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC60EE" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidR="009B76F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ч</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>рез лицензиран пощенски оператор, на посочен от Вас точен адрес, като декларирате, че</w:t>
-      </w:r>
+        <w:t>рез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лицензиран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>оператор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>посочен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Вас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>точен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>декларирате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>че</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> пощенските</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенските</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7EF06A3E" w14:textId="18BBBC8E" w:rsidR="006C77CF" w:rsidRDefault="007370FD" w:rsidP="00260DA8">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>разходи са за Ваша сметка, платими при получаването му за вътрешни пощенски</w:t>
-      </w:r>
+        <w:t>разходи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>са</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ваша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>сметка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>платими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>получаването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>вътрешни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006C77CF">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> пратки и сте съгласни </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пратки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>сте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>съгласни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6828CF6C" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00DD6995" w:rsidRDefault="007370FD" w:rsidP="00260DA8">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>документите да бъдат пренасяни за служебни цели.</w:t>
+        <w:t>документите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бъдат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пренасяни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>служебни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>цели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB260DA" w14:textId="77777777" w:rsidR="00C03744" w:rsidRPr="00C03744" w:rsidRDefault="00C03744" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C03744">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Индивидуалният административен акт може да Ви бъде изпратен:</w:t>
+        <w:t>Индивидуалният</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>административен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>акт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>може</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ви</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бъде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>изпратен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C03744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2CED89" w14:textId="7F45011E" w:rsidR="00C03744" w:rsidRPr="00BC60EE" w:rsidRDefault="00BC60EE" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C03744">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ато вътрешна препоръчана пощенска пратка</w:t>
-      </w:r>
+        <w:t>ато</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>вътрешна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>препоръчана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A19159" w14:textId="2598758F" w:rsidR="00C03744" w:rsidRPr="00BC60EE" w:rsidRDefault="00BC60EE" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C03744">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ато вътрешна куриерска пратка</w:t>
-      </w:r>
+        <w:t>ато</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>вътрешна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>куриерска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4951ED21" w14:textId="67EDC534" w:rsidR="00C03744" w:rsidRDefault="00BC60EE" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C03744">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ато международна препоръчана пощенска пратка.</w:t>
+        <w:t>ато</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>международна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>препоръчана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0557AEBB" w14:textId="1A092DCE" w:rsidR="007175A4" w:rsidRDefault="007175A4" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> по електронен път на електронен адрес:……………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D2EE949" w14:textId="02EF883E" w:rsidR="009970AC" w:rsidRPr="009B5C47" w:rsidRDefault="009970AC" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B5C47">
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Идентифицирането на заявителя на електронна услуга става чрез ПИК на НОИ или КЕП.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521B197C" w14:textId="6860AC11" w:rsidR="005E46B1" w:rsidRDefault="007370FD" w:rsidP="007370FD">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="53460083" w14:textId="77777777" w:rsidR="00035E54" w:rsidRDefault="00035E54" w:rsidP="00D719ED">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD6995">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="521B197C" w14:textId="78258AAD" w:rsidR="005E46B1" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="00D719ED">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>АКО В ПОСОЧЕНИЯ СРОК НЕ ПОЛУЧИТЕ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005E46B1">
+      <w:r w:rsidR="005E46B1" w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>УДОСТОВЕРЕНИ</w:t>
       </w:r>
-      <w:r w:rsidR="0064384B">
+      <w:r w:rsidR="0064384B" w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ЯТА</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD6995">
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005E46B1">
+      <w:r w:rsidR="005E46B1" w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD6995">
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ВИЕ МОЖЕТЕ ДА ПОДАДЕТЕ</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="199291AF" w14:textId="753D41BD" w:rsidR="00C74E15" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="00D719ED">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="bg-BG"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00DD6995">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>СИГНАЛ ДО КМЕТА НА ОБЩИНА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЛУКОВИТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:sectPr w:rsidR="00C74E15" w:rsidSect="009B76F0">
+    <w:sectPr w:rsidR="00C74E15" w:rsidRPr="00D719ED" w:rsidSect="00D719ED">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="288" w:right="282" w:bottom="0" w:left="1134" w:header="0" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="288" w:right="566" w:bottom="0" w:left="1134" w:header="0" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62799DBD" w14:textId="77777777" w:rsidR="00E034E5" w:rsidRDefault="00E034E5" w:rsidP="00FF711E">
+    <w:p w14:paraId="1FFF698F" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="544CD24C" w14:textId="77777777" w:rsidR="00E034E5" w:rsidRDefault="00E034E5" w:rsidP="00FF711E">
+    <w:p w14:paraId="0F240D83" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7229,118 +16825,118 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71B24B8D" w14:textId="77777777" w:rsidR="00E034E5" w:rsidRDefault="00E034E5" w:rsidP="00FF711E">
+    <w:p w14:paraId="305E5798" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
       <w:bookmarkStart w:id="0" w:name="_Hlk90305074"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6001E728" w14:textId="77777777" w:rsidR="00E034E5" w:rsidRDefault="00E034E5" w:rsidP="00FF711E">
+    <w:p w14:paraId="4A8F7D02" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="0AACD4EC" w14:textId="77777777" w:rsidR="006C77CF" w:rsidRDefault="006C77CF" w:rsidP="004F66A4">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:u w:val="single"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="237105ED" w14:textId="77777777" w:rsidR="0028637C" w:rsidRDefault="0028637C" w:rsidP="004F66A4">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="41FD24AC" w14:textId="49A356CD" w:rsidR="00F643B5" w:rsidRPr="00EE76BC" w:rsidRDefault="00C74E15" w:rsidP="004F66A4">
+  <w:p w14:paraId="41FD24AC" w14:textId="49A356CD" w:rsidR="00F643B5" w:rsidRPr="00D719ED" w:rsidRDefault="00C74E15" w:rsidP="004F66A4">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FC787D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="324C52BC" wp14:editId="74309A88">
           <wp:extent cx="647699" cy="371475"/>
           <wp:effectExtent l="0" t="0" r="635" b="0"/>
-          <wp:docPr id="1" name="Картина 1"/>
+          <wp:docPr id="4" name="Картина 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Картина 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -7351,290 +16947,277 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00DF6055">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
-    <w:r w:rsidRPr="00EE76BC">
+    <w:r w:rsidRPr="00D719ED">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">ИЗДАВАНЕ НА </w:t>
     </w:r>
-    <w:r w:rsidR="007370FD" w:rsidRPr="00EE76BC">
+    <w:r w:rsidR="007370FD" w:rsidRPr="00D719ED">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">УДОСТОВЕРЕНИЕ ЗА </w:t>
     </w:r>
-    <w:r w:rsidR="007A160D" w:rsidRPr="00EE76BC">
+    <w:r w:rsidR="007A160D" w:rsidRPr="00D719ED">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>СЕМЕЙНО</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2774B094" w14:textId="42879B63" w:rsidR="004F66A4" w:rsidRPr="00EE76BC" w:rsidRDefault="004F66A4" w:rsidP="004F66A4">
+  <w:p w14:paraId="2774B094" w14:textId="31E12B9C" w:rsidR="004F66A4" w:rsidRPr="00D719ED" w:rsidRDefault="004F66A4" w:rsidP="004F66A4">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:b/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00EE76BC">
+    <w:r w:rsidRPr="00D719ED">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">                         </w:t>
     </w:r>
-    <w:r w:rsidR="006B3FD5" w:rsidRPr="00EE76BC">
+    <w:r w:rsidR="006B3FD5" w:rsidRPr="00D719ED">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
-      <w:t xml:space="preserve">         </w:t>
+      <w:t xml:space="preserve">       </w:t>
     </w:r>
-    <w:r w:rsidR="007A160D" w:rsidRPr="00EE76BC">
+    <w:r w:rsidR="00D719ED">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:lang w:val="bg-BG"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidR="006B3FD5" w:rsidRPr="00D719ED">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:lang w:val="bg-BG"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidR="007A160D" w:rsidRPr="00D719ED">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>ПОЛОЖЕНИЕ</w:t>
     </w:r>
-    <w:r w:rsidR="00674C52">
+    <w:r w:rsidR="00674C52" w:rsidRPr="00D719ED">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
-    <w:r w:rsidR="006B3FD5" w:rsidRPr="00EE76BC">
+    <w:r w:rsidR="006B3FD5" w:rsidRPr="00D719ED">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> СЪПРУГ/А И ДЕЦА</w:t>
     </w:r>
-    <w:r w:rsidR="006B3FD5" w:rsidRPr="00EE76BC">
+    <w:r w:rsidR="006B3FD5" w:rsidRPr="00D719ED">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="18C3BA83" w14:textId="77777777" w:rsidR="00282A03" w:rsidRDefault="00282A03" w:rsidP="007370FD">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
       <w:ind w:firstLine="6946"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="27D6EF16" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="006C77CF" w:rsidRDefault="00D06597" w:rsidP="007370FD">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
       <w:ind w:firstLine="6946"/>
     </w:pPr>
     <w:r w:rsidRPr="006C77CF">
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="007370FD" w:rsidRPr="006C77CF">
-      <w:t>Приложение № 1 към чл. 6, ал.1</w:t>
+      <w:t>Приложение</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="007370FD" w:rsidRPr="006C77CF">
+      <w:t xml:space="preserve"> № 1 </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="007370FD" w:rsidRPr="006C77CF">
+      <w:t>към</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="007370FD" w:rsidRPr="006C77CF">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="007370FD" w:rsidRPr="006C77CF">
+      <w:t>чл</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="007370FD" w:rsidRPr="006C77CF">
+      <w:t>. 6, ал.1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7B9EDB02" w14:textId="77777777" w:rsidR="00D06597" w:rsidRDefault="00D06597" w:rsidP="00FF711E">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1844C886" w14:textId="77777777" w:rsidR="00FF711E" w:rsidRDefault="00FF711E">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <mc:AlternateContent>
-[...76 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1051" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="076B5029"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBBAC446"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -9437,139 +19020,142 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="47193572">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1871608970">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="621116421">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="407962044">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1781141806">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="407918910">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2037925442">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="816338006">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2099255495">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1046872076">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1184829452">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1758138771">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="814756883">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1955017820">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="289095317">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="896863772">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00086909"/>
     <w:rsid w:val="00003AB6"/>
     <w:rsid w:val="000054BD"/>
     <w:rsid w:val="0001281C"/>
+    <w:rsid w:val="00035E54"/>
     <w:rsid w:val="0003649F"/>
     <w:rsid w:val="0004729C"/>
     <w:rsid w:val="000526E3"/>
     <w:rsid w:val="00054D0A"/>
     <w:rsid w:val="00072925"/>
     <w:rsid w:val="00077863"/>
     <w:rsid w:val="00077D06"/>
+    <w:rsid w:val="00080CFB"/>
     <w:rsid w:val="00086909"/>
     <w:rsid w:val="0008738F"/>
     <w:rsid w:val="00093C03"/>
     <w:rsid w:val="000D21D2"/>
     <w:rsid w:val="00102F1F"/>
     <w:rsid w:val="00107FEA"/>
     <w:rsid w:val="0012630D"/>
     <w:rsid w:val="00130B89"/>
     <w:rsid w:val="0016604D"/>
     <w:rsid w:val="00176829"/>
     <w:rsid w:val="001A727C"/>
     <w:rsid w:val="001B1D70"/>
     <w:rsid w:val="001B4299"/>
     <w:rsid w:val="001E1F97"/>
     <w:rsid w:val="001E2BA4"/>
     <w:rsid w:val="00203E47"/>
     <w:rsid w:val="00211C74"/>
     <w:rsid w:val="00212CCA"/>
     <w:rsid w:val="00260DA8"/>
     <w:rsid w:val="00282A03"/>
     <w:rsid w:val="0028637C"/>
     <w:rsid w:val="00294965"/>
     <w:rsid w:val="00295F0D"/>
     <w:rsid w:val="002A28D8"/>
     <w:rsid w:val="002A5454"/>
@@ -9689,50 +19275,51 @@
     <w:rsid w:val="00B838AA"/>
     <w:rsid w:val="00B92088"/>
     <w:rsid w:val="00BA6C93"/>
     <w:rsid w:val="00BB0FCD"/>
     <w:rsid w:val="00BC60EE"/>
     <w:rsid w:val="00BC7ED6"/>
     <w:rsid w:val="00BD7E4F"/>
     <w:rsid w:val="00BE5F86"/>
     <w:rsid w:val="00C03744"/>
     <w:rsid w:val="00C172F1"/>
     <w:rsid w:val="00C2408C"/>
     <w:rsid w:val="00C3044B"/>
     <w:rsid w:val="00C341E1"/>
     <w:rsid w:val="00C74E15"/>
     <w:rsid w:val="00C926D3"/>
     <w:rsid w:val="00CD086C"/>
     <w:rsid w:val="00CD6B78"/>
     <w:rsid w:val="00CE4D50"/>
     <w:rsid w:val="00D00263"/>
     <w:rsid w:val="00D027B9"/>
     <w:rsid w:val="00D06597"/>
     <w:rsid w:val="00D13704"/>
     <w:rsid w:val="00D23B77"/>
     <w:rsid w:val="00D54557"/>
     <w:rsid w:val="00D556BF"/>
+    <w:rsid w:val="00D719ED"/>
     <w:rsid w:val="00D73D04"/>
     <w:rsid w:val="00DA6B24"/>
     <w:rsid w:val="00DB5E82"/>
     <w:rsid w:val="00DB6CE6"/>
     <w:rsid w:val="00DD6995"/>
     <w:rsid w:val="00DD76AF"/>
     <w:rsid w:val="00DE470D"/>
     <w:rsid w:val="00DF6055"/>
     <w:rsid w:val="00E034E5"/>
     <w:rsid w:val="00E104E7"/>
     <w:rsid w:val="00E84BF6"/>
     <w:rsid w:val="00EB0F71"/>
     <w:rsid w:val="00EB1018"/>
     <w:rsid w:val="00EE29C5"/>
     <w:rsid w:val="00EE76BC"/>
     <w:rsid w:val="00EF20CF"/>
     <w:rsid w:val="00EF5B95"/>
     <w:rsid w:val="00EF5D43"/>
     <w:rsid w:val="00F036E9"/>
     <w:rsid w:val="00F06A40"/>
     <w:rsid w:val="00F17F6C"/>
     <w:rsid w:val="00F365E4"/>
     <w:rsid w:val="00F526D2"/>
     <w:rsid w:val="00F571B0"/>
     <w:rsid w:val="00F643B5"/>
@@ -9741,80 +19328,80 @@
     <w:rsid w:val="00FA4FDF"/>
     <w:rsid w:val="00FC1A74"/>
     <w:rsid w:val="00FC33B2"/>
     <w:rsid w:val="00FC787D"/>
     <w:rsid w:val="00FD2A04"/>
     <w:rsid w:val="00FE0D83"/>
     <w:rsid w:val="00FF3C3D"/>
     <w:rsid w:val="00FF711E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1AA2009F"/>
   <w15:docId w15:val="{612DF0BF-6B80-47F7-B2D7-2ED005CB750D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9876,101 +19463,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -10147,50 +19731,51 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0068772A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -10350,51 +19935,51 @@
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00550A61"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="bg-BG"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="221715911">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="296181403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10455,55 +20040,55 @@
     <w:div w:id="1987663376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/obshtinski%20administratsii/unificirani%20uslugi/2075?mId=351&amp;cP=1&amp;q=2075" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auslugi.com/public/home/lukovit/index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10732,82 +20317,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68A40542-7A41-4304-B7ED-3EDFAF99AADC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C787A8C7-1DB2-4379-A101-62A6634802E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>642</Words>
-  <Characters>3663</Characters>
+  <Words>647</Words>
+  <Characters>3693</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4297</CharactersWithSpaces>
+  <CharactersWithSpaces>4332</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ozeleniavane1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>