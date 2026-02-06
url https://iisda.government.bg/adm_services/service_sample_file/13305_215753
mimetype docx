--- v1 (2025-12-22)
+++ v2 (2026-02-06)
@@ -1,41 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="3E73A4F6" w14:textId="77777777" w:rsidR="007370FD" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:firstLine="6946"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
@@ -11252,5532 +11251,75 @@
       </w:r>
       <w:r w:rsidR="00DE470D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>4 от Закона за гражданска регистрация</w:t>
       </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="163A379D" w14:textId="4F8A7172" w:rsidR="00732203" w:rsidRPr="00D719ED" w:rsidRDefault="004C208B" w:rsidP="00732203">
-[...5459 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="004C208B" w:rsidSect="00D719ED">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="288" w:right="566" w:bottom="0" w:left="1134" w:header="0" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FFF698F" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
+    <w:p w14:paraId="3C52762A" w14:textId="77777777" w:rsidR="00443A04" w:rsidRDefault="00443A04" w:rsidP="00FF711E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F240D83" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
+    <w:p w14:paraId="0D20ED22" w14:textId="77777777" w:rsidR="00443A04" w:rsidRDefault="00443A04" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -16827,293 +11369,69 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="305E5798" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
+    <w:p w14:paraId="7C289759" w14:textId="77777777" w:rsidR="00443A04" w:rsidRDefault="00443A04" w:rsidP="00FF711E">
       <w:bookmarkStart w:id="0" w:name="_Hlk90305074"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A8F7D02" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
+    <w:p w14:paraId="77FB7015" w14:textId="77777777" w:rsidR="00443A04" w:rsidRDefault="00443A04" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...222 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="18C3BA83" w14:textId="77777777" w:rsidR="00282A03" w:rsidRDefault="00282A03" w:rsidP="007370FD">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
       <w:ind w:firstLine="6946"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="27D6EF16" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="006C77CF" w:rsidRDefault="00D06597" w:rsidP="007370FD">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
       <w:ind w:firstLine="6946"/>
     </w:pPr>
     <w:r w:rsidRPr="006C77CF">
@@ -17170,51 +11488,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1051" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="076B5029"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBBAC446"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -19153,60 +13471,62 @@
     <w:rsid w:val="00211C74"/>
     <w:rsid w:val="00212CCA"/>
     <w:rsid w:val="00260DA8"/>
     <w:rsid w:val="00282A03"/>
     <w:rsid w:val="0028637C"/>
     <w:rsid w:val="00294965"/>
     <w:rsid w:val="00295F0D"/>
     <w:rsid w:val="002A28D8"/>
     <w:rsid w:val="002A5454"/>
     <w:rsid w:val="002B4A37"/>
     <w:rsid w:val="002C3E0B"/>
     <w:rsid w:val="002F3978"/>
     <w:rsid w:val="003017C6"/>
     <w:rsid w:val="00303EA6"/>
     <w:rsid w:val="00307408"/>
     <w:rsid w:val="00324259"/>
     <w:rsid w:val="00325C22"/>
     <w:rsid w:val="00343F8F"/>
     <w:rsid w:val="00354985"/>
     <w:rsid w:val="003764BA"/>
     <w:rsid w:val="00387FEC"/>
     <w:rsid w:val="0039347C"/>
     <w:rsid w:val="00393859"/>
     <w:rsid w:val="003A3024"/>
     <w:rsid w:val="003C06BA"/>
+    <w:rsid w:val="003C67DF"/>
     <w:rsid w:val="003C7E0A"/>
     <w:rsid w:val="003D36DA"/>
     <w:rsid w:val="003D4033"/>
     <w:rsid w:val="003D7886"/>
     <w:rsid w:val="003E565E"/>
     <w:rsid w:val="00425A4D"/>
     <w:rsid w:val="00431681"/>
     <w:rsid w:val="00437B22"/>
     <w:rsid w:val="00437ECA"/>
     <w:rsid w:val="0044180F"/>
+    <w:rsid w:val="00443A04"/>
     <w:rsid w:val="00496035"/>
     <w:rsid w:val="004C208B"/>
     <w:rsid w:val="004E0928"/>
     <w:rsid w:val="004E3550"/>
     <w:rsid w:val="004F4670"/>
     <w:rsid w:val="004F66A4"/>
     <w:rsid w:val="00541183"/>
     <w:rsid w:val="0054233C"/>
     <w:rsid w:val="00550A61"/>
     <w:rsid w:val="00554F34"/>
     <w:rsid w:val="005832C3"/>
     <w:rsid w:val="005A19BF"/>
     <w:rsid w:val="005B59CD"/>
     <w:rsid w:val="005C1A81"/>
     <w:rsid w:val="005D4581"/>
     <w:rsid w:val="005E46B1"/>
     <w:rsid w:val="005F1BDC"/>
     <w:rsid w:val="006029D3"/>
     <w:rsid w:val="006301E1"/>
     <w:rsid w:val="00630A79"/>
     <w:rsid w:val="00634D8F"/>
     <w:rsid w:val="0064384B"/>
     <w:rsid w:val="00674C52"/>
     <w:rsid w:val="006844EB"/>
     <w:rsid w:val="0068772A"/>
@@ -19463,98 +13783,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -20036,55 +14359,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1987663376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/obshtinski%20administratsii/unificirani%20uslugi/2075?mId=351&amp;cP=1&amp;q=2075" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auslugi.com/public/home/lukovit/index" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -20317,82 +14636,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C787A8C7-1DB2-4379-A101-62A6634802E6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{078124F6-3627-47B3-8995-70888A8DCAEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3693</Characters>
+  <Pages>1</Pages>
+  <Words>45</Words>
+  <Characters>263</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>2</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4332</CharactersWithSpaces>
+  <CharactersWithSpaces>307</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ozeleniavane1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>