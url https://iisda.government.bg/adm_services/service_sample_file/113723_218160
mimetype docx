--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -1,3117 +1,3622 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00612128">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="6D764F7F" w14:textId="5743E35C" w:rsidR="008A4167" w:rsidRPr="00920FDE" w:rsidRDefault="008A4167" w:rsidP="008A4167">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00920FDE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00612128">
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A9894AF" wp14:editId="276973D7">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-173990</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-28575</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="523875" cy="676275"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="9" name="Картина 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="523875" cy="676275"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00920FDE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ЗАЯВЛЕНИЕ</w:t>
+        <w:t>Общинска администрация</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00F029BB">
         <w:rPr>
-          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...22 lines deleted...]
-          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Уникален идент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920FDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ификатор на  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F029BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920FDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олна баня                                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920FDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>административната услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00360212">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>3199</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00612128" w:rsidRPr="00886B8A" w:rsidRDefault="00612128" w:rsidP="00612128">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="6ED4AB14" w14:textId="77777777" w:rsidR="008A4167" w:rsidRDefault="008A4167" w:rsidP="008A4167">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4536"/>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="14"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10237" w:type="dxa"/>
-        <w:tblInd w:w="-127" w:type="dxa"/>
+        <w:tblW w:w="10256" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...4 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1135"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="30"/>
+        <w:gridCol w:w="1295"/>
+        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="1841"/>
+        <w:gridCol w:w="849"/>
+        <w:gridCol w:w="270"/>
+        <w:gridCol w:w="2138"/>
+        <w:gridCol w:w="1447"/>
+        <w:gridCol w:w="1395"/>
+        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="10"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00612128" w:rsidRPr="00612128" w:rsidTr="00E4351B">
+      <w:tr w:rsidR="008A4167" w:rsidRPr="00BE34A0" w14:paraId="1CFD6FF0" w14:textId="77777777" w:rsidTr="005F5CCA">
         <w:trPr>
-          <w:trHeight w:val="335"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="30" w:type="dxa"/>
+          <w:trHeight w:val="1209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:tcW w:w="5246" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6869DCB9" w14:textId="77777777" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40459407" w14:textId="77777777" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Вх. № ……………………..</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484C9CD2" w14:textId="77777777" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E28FAAF" w14:textId="77777777" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дата …………………</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4980" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4525CF9C" w14:textId="02A61AB0" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:ind w:hanging="270"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D0090EA" w14:textId="77777777" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ДО </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C45BAB" w14:textId="2E0CF5D6" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                КМЕТА НА ОБЩИНА ДОЛНА БАНЯ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4167" w:rsidRPr="00BE34A0" w14:paraId="7C711DFE" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="30" w:type="dxa"/>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10226" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="64AE8C8A" w14:textId="712809A1" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЗАЯВЛЕНИЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="175274AF" w14:textId="0FCE0A7F" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00BE34A0">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE34A0" w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прекратяване </w:t>
+            </w:r>
+            <w:r w:rsidR="00360212" w:rsidRPr="00360212">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на </w:t>
+            </w:r>
+            <w:r w:rsidR="00360212" w:rsidRPr="00360212">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">открита процедура по категоризиране </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE34A0" w:rsidRPr="00360212">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на туристически</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE34A0" w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обект </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51531C4A" w14:textId="77777777" w:rsidR="008A4167" w:rsidRPr="00BE34A0" w:rsidRDefault="008A4167" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11B8F" w:rsidRPr="00BE34A0" w14:paraId="7C2317A4" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="04CCFCC1" w14:textId="7F55CC80" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk209002260"/>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1. От</w:t>
             </w:r>
-            <w:r w:rsidRPr="00612128">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (име, презиме, фамилия – собственик, изпълнителен директор, управител)</w:t>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (име, презиме, фамилия – собственик, управител/пълномощник на търговеца – ЕТ или юридическо лице)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45899526" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00E960CF">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
+          <w:p w14:paraId="4A2BAC7E" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="006C150D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.1. ЕГН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="30" w:type="dxa"/>
+            <w:tcW w:w="20" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="088547E0" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="00BE34A0" w:rsidRDefault="00D11B8F" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612128" w:rsidRPr="00612128" w:rsidTr="00E4351B">
+      <w:tr w:rsidR="00D11B8F" w:rsidRPr="00BE34A0" w14:paraId="7A7947D4" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="7384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="694EE26A" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
+          <w:p w14:paraId="1250F5D2" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="006C150D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="30" w:type="dxa"/>
+            <w:tcW w:w="20" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="46F32FB0" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="00BE34A0" w:rsidRDefault="00D11B8F" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612128" w:rsidRPr="00612128" w:rsidTr="00BF170D">
+      <w:tr w:rsidR="00542B61" w:rsidRPr="00BE34A0" w14:paraId="5A2887CF" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="503"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="7384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> (фирма на търговско дружество, едноличен търговец)</w:t>
+          <w:p w14:paraId="19C58881" w14:textId="53EEA5E2" w:rsidR="00542B61" w:rsidRPr="005F5CCA" w:rsidRDefault="00542B61" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE34A0" w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование на търговеца</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE34A0" w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE34A0" w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЕТ, юридическо лице</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00BF170D">
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4A127356" w14:textId="44B69557" w:rsidR="00542B61" w:rsidRPr="005F5CCA" w:rsidRDefault="00BE34A0" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00542B61" w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.1. ЕИК</w:t>
+            </w:r>
+            <w:r w:rsidR="00542B61" w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="30" w:type="dxa"/>
+            <w:tcW w:w="20" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="40DF861B" w14:textId="77777777" w:rsidR="00542B61" w:rsidRPr="00BE34A0" w:rsidRDefault="00542B61" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612128" w:rsidRPr="00612128" w:rsidTr="00BF170D">
+      <w:tr w:rsidR="00542B61" w:rsidRPr="00BE34A0" w14:paraId="4F57B712" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="167"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="79"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="7384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5FEEED69" w14:textId="77777777" w:rsidR="00542B61" w:rsidRPr="005F5CCA" w:rsidRDefault="00542B61" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6C16AD7C" w14:textId="77777777" w:rsidR="00542B61" w:rsidRPr="005F5CCA" w:rsidRDefault="00542B61" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="30" w:type="dxa"/>
+            <w:tcW w:w="20" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="3D0A4DCE" w14:textId="77777777" w:rsidR="00542B61" w:rsidRPr="00BE34A0" w:rsidRDefault="00542B61" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612128" w:rsidRPr="00612128" w:rsidTr="00BF170D">
+      <w:tr w:rsidR="00D11B8F" w:rsidRPr="00612128" w14:paraId="789D2B25" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="765"/>
+          <w:trHeight w:val="942"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="4127" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00BF170D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="07453FA7" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3. Адрес на управление</w:t>
             </w:r>
-            <w:r w:rsidRPr="00612128">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00612128">
-[...5 lines deleted...]
-              <w:br/>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>на търговеца/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Myriad Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">постоянен адрес на собственика </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>(община)</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="06A793DB" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3257" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65DFF626" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (пощ. код)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...71 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5BF2F57B" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00612128">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (населено място) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="30" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
+          <w:p w14:paraId="12C05C2F" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="00612128" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612128" w:rsidRPr="00612128" w:rsidTr="00E4351B">
+      <w:tr w:rsidR="00D11B8F" w:rsidRPr="00612128" w14:paraId="74BC9D32" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="4127" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="408D33DC" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ж.к./кв.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3257" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="040B5DDC" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.4.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (булевард/площад/улица)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> (булевард/площад/улица)</w:t>
+          <w:p w14:paraId="431C79B8" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. (№) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="30" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3676558C" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="00612128" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11B8F" w:rsidRPr="00612128" w14:paraId="6E187807" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="671"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1295" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...22 lines deleted...]
-              <w:t>. (№) </w:t>
+          <w:p w14:paraId="02E76FFE" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.6.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (блок)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="30" w:type="dxa"/>
-[...25 lines deleted...]
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> (блок)</w:t>
+          <w:p w14:paraId="03C01B40" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.7.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(вход)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1841" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...22 lines deleted...]
-              <w:t>(вход)</w:t>
+          <w:p w14:paraId="7BE20DA9" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.8.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(етаж)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...22 lines deleted...]
-              <w:t>(етаж)</w:t>
+          <w:p w14:paraId="2A33120F" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.(ап.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...22 lines deleted...]
-              <w:t>.(ап.)</w:t>
+          <w:p w14:paraId="044895F4" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.10.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (телефон/и)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...53 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6FAD7692" w14:textId="7EB1D8FD" w:rsidR="00D11B8F" w:rsidRPr="005F5CCA" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.11.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00612128">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (факс, електронна поща) </w:t>
+            <w:r w:rsidRPr="005F5CCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (електронна поща) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="30" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
+          <w:p w14:paraId="6CAAC36F" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRPr="00612128" w:rsidRDefault="00D11B8F" w:rsidP="00FB665E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612128" w:rsidRPr="00612128" w:rsidTr="00612128">
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00542B61" w:rsidRPr="00BE34A0" w14:paraId="3D794468" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10207" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="10226" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...40 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="62F781E4" w14:textId="77777777" w:rsidR="00542B61" w:rsidRPr="00BE34A0" w:rsidRDefault="00542B61" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71F066BB" w14:textId="2EA202C1" w:rsidR="003A55C4" w:rsidRDefault="003A55C4" w:rsidP="005719B6">
+            <w:pPr>
+              <w:ind w:firstLine="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>УВАЖАЕМИ ГОСПОДИН КМЕТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18507278" w14:textId="61441C97" w:rsidR="003A55C4" w:rsidRDefault="003A55C4" w:rsidP="003A55C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37258D72" w14:textId="79F1A7A7" w:rsidR="003647FB" w:rsidRDefault="003A55C4" w:rsidP="005719B6">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLine="1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Желая да бъде прекратен</w:t>
+            </w:r>
+            <w:r w:rsidR="00385637">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00612128">
-[...25 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="00385637" w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действието на Удостоверение </w:t>
+            </w:r>
+            <w:r w:rsidR="00385637">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за </w:t>
+            </w:r>
+            <w:r w:rsidR="00385637" w:rsidRPr="00385637">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>открита процедура за категоризиране</w:t>
+            </w:r>
+            <w:r w:rsidR="00385637">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00385637" w:rsidRPr="00385637">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00385637" w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на туристически обект</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: № …</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>… дата ………</w:t>
+            </w:r>
+            <w:r w:rsidR="003647FB">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.……………., издадено въз основа на ваша заповед № …………</w:t>
+            </w:r>
+            <w:r w:rsidR="003647FB">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>……….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>……</w:t>
+            </w:r>
+            <w:r w:rsidR="003647FB">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>….…..…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C3EED21" w14:textId="0244CB75" w:rsidR="00542B61" w:rsidRPr="00BE34A0" w:rsidRDefault="003A55C4" w:rsidP="005719B6">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLine="1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дата …………</w:t>
+            </w:r>
+            <w:r w:rsidR="003647FB">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>……..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A55C4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">……… </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="30" w:type="dxa"/>
+            <w:tcW w:w="20" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="251BFB02" w14:textId="77777777" w:rsidR="00542B61" w:rsidRPr="00BE34A0" w:rsidRDefault="00542B61" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612128" w:rsidRPr="00612128" w:rsidTr="00612128">
+      <w:tr w:rsidR="003A55C4" w:rsidRPr="00BE34A0" w14:paraId="2F7CF545" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="678"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10207" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="10226" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6C0A950A" w14:textId="3E3ECA8F" w:rsidR="003367B8" w:rsidRPr="00BE34A0" w:rsidRDefault="00235260" w:rsidP="00235260">
+            <w:pPr>
+              <w:ind w:firstLine="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidR="003A55C4" w:rsidRPr="003367B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Вид и наименование</w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                       </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B270813" w14:textId="6D04899B" w:rsidR="003A55C4" w:rsidRPr="003367B8" w:rsidRDefault="003A55C4" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="30" w:type="dxa"/>
+            <w:tcW w:w="20" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="536D9F16" w14:textId="77777777" w:rsidR="003A55C4" w:rsidRPr="00BE34A0" w:rsidRDefault="003A55C4" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00542B61" w:rsidRPr="00BE34A0" w14:paraId="179ACEAC" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="737"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10226" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="551DBA5F" w14:textId="5C6BB5F6" w:rsidR="00542B61" w:rsidRDefault="00EB768C" w:rsidP="00235260">
+            <w:pPr>
+              <w:ind w:firstLine="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00542B61" w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Адрес на туристическия обект</w:t>
+            </w:r>
+            <w:r w:rsidR="00542B61" w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (населено място, булевард/площад/улица) ,</w:t>
+            </w:r>
+            <w:r w:rsidR="00542B61" w:rsidRPr="00BE34A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> електронна поща, интернет страница</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A14B0C" w14:textId="77777777" w:rsidR="00D11B8F" w:rsidRDefault="00D11B8F" w:rsidP="00D11B8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33A47100" w14:textId="0BC8BEFD" w:rsidR="00D11B8F" w:rsidRPr="00D11B8F" w:rsidRDefault="00D11B8F" w:rsidP="00D11B8F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6375"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="20" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00FE03EE">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="468FD994" w14:textId="77777777" w:rsidR="00542B61" w:rsidRPr="00BE34A0" w:rsidRDefault="00542B61" w:rsidP="006C150D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003367B8" w:rsidRPr="00CC693A" w14:paraId="7D5BA506" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="30" w:type="dxa"/>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10226" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="607799C6" w14:textId="7ECAEC0D" w:rsidR="003367B8" w:rsidRPr="00CC693A" w:rsidRDefault="00EB768C" w:rsidP="00235260">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:hanging="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8" w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Приложени документи </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67532FBF" w14:textId="77777777" w:rsidR="003367B8" w:rsidRPr="00CC693A" w:rsidRDefault="003367B8" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(отбелязват се с "Х" приложените документи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003367B8" w:rsidRPr="00CC693A" w14:paraId="5E00DBB8" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="30" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8831" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD6D3F0" w14:textId="170003F5" w:rsidR="003367B8" w:rsidRPr="00CC693A" w:rsidRDefault="00EB768C" w:rsidP="00235260">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="89"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8" w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.1.</w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8" w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00385637" w:rsidRPr="00385637">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Временно </w:t>
+            </w:r>
+            <w:r w:rsidR="00385637">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8" w:rsidRPr="003367B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">достоверение за </w:t>
+            </w:r>
+            <w:r w:rsidR="00385637">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">открита процедура по категоризиране на туристически </w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8" w:rsidRPr="003367B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>обект</w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8" w:rsidRPr="003367B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – оригинал</w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8" w:rsidRPr="003367B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8D624C" w14:textId="77777777" w:rsidR="003367B8" w:rsidRPr="00CC693A" w:rsidRDefault="003367B8" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003367B8" w:rsidRPr="00CC693A" w14:paraId="084A2468" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="30" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8831" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FA0113" w14:textId="20783850" w:rsidR="003367B8" w:rsidRPr="00CC693A" w:rsidRDefault="00EB768C" w:rsidP="00235260">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8" w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2. </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_Hlk208416897"/>
+            <w:r w:rsidR="00385637" w:rsidRPr="003367B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копие на </w:t>
+            </w:r>
+            <w:r w:rsidR="00385637" w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пълномощно, когато заявление</w:t>
+            </w:r>
+            <w:r w:rsidR="00385637">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>то</w:t>
+            </w:r>
+            <w:r w:rsidR="00385637" w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> се подава от пълномощник</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0830EF" w14:textId="77777777" w:rsidR="003367B8" w:rsidRPr="00CC693A" w:rsidRDefault="003367B8" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00235260" w:rsidRPr="00CC693A" w14:paraId="64B004EE" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="30" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8831" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C4CF54" w14:textId="298FF2C8" w:rsidR="00235260" w:rsidRDefault="00EB768C" w:rsidP="00235260">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00235260" w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00235260" w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3452B9D6" w14:textId="3DC40411" w:rsidR="00235260" w:rsidRPr="00CC693A" w:rsidRDefault="00235260" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003367B8" w:rsidRPr="00CC693A" w14:paraId="6A38023F" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="30" w:type="dxa"/>
+          <w:trHeight w:val="55"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10226" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BE24DF" w14:textId="77777777" w:rsidR="003367B8" w:rsidRDefault="003367B8" w:rsidP="00235260">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00313D12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t>Желая издаденият индивидуален административен акт да бъде получен:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="309926CD" w14:textId="77777777" w:rsidR="003367B8" w:rsidRDefault="003367B8" w:rsidP="00235260">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лично </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или  чрез упълномощено лице в Центъра за административно обслужване;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7256C0" w14:textId="77777777" w:rsidR="003367B8" w:rsidRDefault="003367B8" w:rsidP="00235260">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Чрез лицензиран пощенски оператор/куриер/ като препоръчана пратка на посочения от мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t>като декларирам, че пощенските разходи са за моя сметка, платими при получаването на акта за вътрешни пощенски пратки, и съм съгласен документите да бъдат пренасяни от оператора за служебни цели</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03770139" w14:textId="77777777" w:rsidR="003367B8" w:rsidRDefault="003367B8" w:rsidP="00235260">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Gothic" w:hAnsi="Arial Narrow" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Gothic" w:hAnsi="Arial Narrow" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По електронен път на посочена от заявителя електронна поща: само в случаите, когато заявлението е подадено с квалифициран</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>електронен подпис на юридическо лице</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Gothic" w:hAnsi="Arial Narrow" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07768E26" w14:textId="77777777" w:rsidR="003367B8" w:rsidRPr="00CC693A" w:rsidRDefault="003367B8" w:rsidP="00235260">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по електронен път </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в профила на заявителя в системата за сигурно електронно връчване</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00920FDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003367B8" w:rsidRPr="00CC693A" w14:paraId="1390C0CC" w14:textId="77777777" w:rsidTr="005F5CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="30" w:type="dxa"/>
+          <w:trHeight w:val="55"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10226" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BB1ECE" w14:textId="4A38A96E" w:rsidR="003367B8" w:rsidRPr="00CC693A" w:rsidRDefault="00EB768C" w:rsidP="00235260">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:hanging="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="003367B8" w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Подпис и дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0299783E" w14:textId="77777777" w:rsidR="003367B8" w:rsidRPr="00A446F2" w:rsidRDefault="003367B8" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54A686DD" w14:textId="77777777" w:rsidR="003367B8" w:rsidRPr="00CC693A" w:rsidRDefault="003367B8" w:rsidP="00FB665E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC693A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(поставя се саморъчен подпис на представляващия заявителя и се посочва дата на подписване; ако се подава по електронен път, файлът се подписва с електронен подпис)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00612128" w:rsidRPr="00612128" w:rsidRDefault="00612128" w:rsidP="00612128">
-[...36 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w14:paraId="2F1EBB0B" w14:textId="77777777" w:rsidR="00C67DE9" w:rsidRDefault="00C67DE9" w:rsidP="003367B8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00886B8A" w:rsidRDefault="00D83D64" w:rsidP="00612128">
-[...1442 lines deleted...]
-    <w:sectPr w:rsidR="000F2CD9" w:rsidSect="00A60DC9">
+    <w:sectPr w:rsidR="00C67DE9" w:rsidSect="003367B8">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11909" w:h="16838"/>
-      <w:pgMar w:top="993" w:right="994" w:bottom="993" w:left="993" w:header="0" w:footer="3" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="569" w:bottom="142" w:left="1188" w:header="0" w:footer="3" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0068493F" w:rsidRDefault="0068493F">
+    <w:p w14:paraId="7D93DD59" w14:textId="77777777" w:rsidR="003B695D" w:rsidRDefault="003B695D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0068493F" w:rsidRDefault="0068493F">
+    <w:p w14:paraId="00063B8F" w14:textId="77777777" w:rsidR="003B695D" w:rsidRDefault="003B695D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...1 lines deleted...]
-    <w:panose1 w:val="05000000000000000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Haettenschweiler">
+    <w:panose1 w:val="020B0706040902060204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...1 lines deleted...]
-    <w:panose1 w:val="02020609040205080304"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Myriad Pro">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0068493F" w:rsidRDefault="0068493F"/>
+    <w:p w14:paraId="6042BC47" w14:textId="77777777" w:rsidR="003B695D" w:rsidRDefault="003B695D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0068493F" w:rsidRDefault="0068493F"/>
+    <w:p w14:paraId="10F38969" w14:textId="77777777" w:rsidR="003B695D" w:rsidRDefault="003B695D"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0165380A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="147A02BA"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D786B3E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4E470E2"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="190D47BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="699C0558"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19144244"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EABE3A9C"/>
     <w:lvl w:ilvl="0" w:tplc="D7A800AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="r"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3180,164 +3685,141 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1D381401"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BC87F7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A7469510"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="4F46BA10"/>
+    <w:lvl w:ilvl="0" w:tplc="C39256A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28700ECD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6954305E"/>
     <w:lvl w:ilvl="0" w:tplc="F358FDEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="r"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3407,51 +3889,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F06295D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9788E568"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3520,51 +4002,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42E3375B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE40E5CE"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3633,51 +4115,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E497FAF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6226AE6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3782,51 +4264,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F6A3006"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0BE83B76"/>
     <w:lvl w:ilvl="0" w:tplc="4B9AC824">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="r"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3897,164 +4379,193 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="6383723B"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67EB7ACF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2F5E6EB4"/>
-    <w:lvl w:ilvl="0" w:tplc="04020001">
+    <w:tmpl w:val="48F2FEFA"/>
+    <w:lvl w:ilvl="0" w:tplc="415002B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="624" w:hanging="624"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Haettenschweiler" w:hAnsi="Haettenschweiler" w:hint="default"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EF86978"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92DA23AC"/>
     <w:lvl w:ilvl="0" w:tplc="B2E8DC50">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="975" w:hanging="615"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
@@ -4099,51 +4610,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71AC3012"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC048F12"/>
     <w:lvl w:ilvl="0" w:tplc="D7A800AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="r"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4213,409 +4724,672 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...17 lines deleted...]
-  <w:num w:numId="8">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007607B1"/>
-    <w:rsid w:val="000057F5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000400E4"/>
     <w:rsid w:val="00083060"/>
-    <w:rsid w:val="000D4625"/>
     <w:rsid w:val="000E4FD6"/>
-    <w:rsid w:val="000F2CD9"/>
+    <w:rsid w:val="000E7327"/>
+    <w:rsid w:val="001059F1"/>
     <w:rsid w:val="00125F74"/>
-    <w:rsid w:val="00137291"/>
     <w:rsid w:val="00140BAE"/>
+    <w:rsid w:val="00147D2D"/>
     <w:rsid w:val="00164668"/>
     <w:rsid w:val="00172ADE"/>
-    <w:rsid w:val="00175C99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001C6B99"/>
+    <w:rsid w:val="001D7560"/>
+    <w:rsid w:val="001E7565"/>
     <w:rsid w:val="0020359C"/>
     <w:rsid w:val="00221D1E"/>
-    <w:rsid w:val="002633B4"/>
-    <w:rsid w:val="0027001B"/>
+    <w:rsid w:val="00235260"/>
     <w:rsid w:val="00280AB6"/>
     <w:rsid w:val="002C4D61"/>
     <w:rsid w:val="002F29D1"/>
-    <w:rsid w:val="00312CB0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00360714"/>
+    <w:rsid w:val="003367B8"/>
+    <w:rsid w:val="003440D9"/>
+    <w:rsid w:val="00360212"/>
+    <w:rsid w:val="003647FB"/>
+    <w:rsid w:val="00385637"/>
     <w:rsid w:val="00386339"/>
+    <w:rsid w:val="003A0CC3"/>
+    <w:rsid w:val="003A55C4"/>
+    <w:rsid w:val="003B695D"/>
+    <w:rsid w:val="003C2E90"/>
+    <w:rsid w:val="003C4BB2"/>
     <w:rsid w:val="003D3ECF"/>
     <w:rsid w:val="003E7231"/>
     <w:rsid w:val="003F188A"/>
     <w:rsid w:val="003F4C52"/>
-    <w:rsid w:val="00405B76"/>
     <w:rsid w:val="00416E9F"/>
     <w:rsid w:val="00417DA4"/>
     <w:rsid w:val="00421492"/>
-    <w:rsid w:val="00434054"/>
+    <w:rsid w:val="00435A99"/>
     <w:rsid w:val="004368DB"/>
+    <w:rsid w:val="004543E9"/>
+    <w:rsid w:val="00460D96"/>
+    <w:rsid w:val="00465445"/>
     <w:rsid w:val="00513BE5"/>
     <w:rsid w:val="005233F0"/>
-    <w:rsid w:val="0053633A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00546D64"/>
+    <w:rsid w:val="00532668"/>
+    <w:rsid w:val="00542B61"/>
     <w:rsid w:val="005611F3"/>
+    <w:rsid w:val="005719B6"/>
     <w:rsid w:val="005729EA"/>
     <w:rsid w:val="005825B7"/>
+    <w:rsid w:val="00594CFE"/>
     <w:rsid w:val="005A2878"/>
+    <w:rsid w:val="005A6283"/>
     <w:rsid w:val="005D534B"/>
+    <w:rsid w:val="005F5CCA"/>
     <w:rsid w:val="00600B00"/>
-    <w:rsid w:val="0060242A"/>
     <w:rsid w:val="00610690"/>
-    <w:rsid w:val="00612128"/>
     <w:rsid w:val="00616857"/>
     <w:rsid w:val="006573B7"/>
     <w:rsid w:val="00660118"/>
     <w:rsid w:val="00671006"/>
-    <w:rsid w:val="0068493F"/>
     <w:rsid w:val="006B4B57"/>
     <w:rsid w:val="006C7553"/>
-    <w:rsid w:val="007409DF"/>
     <w:rsid w:val="007607B1"/>
     <w:rsid w:val="00774050"/>
-    <w:rsid w:val="007962C4"/>
     <w:rsid w:val="007A2B87"/>
     <w:rsid w:val="007B7FCF"/>
+    <w:rsid w:val="008216AE"/>
+    <w:rsid w:val="008367AA"/>
+    <w:rsid w:val="00860071"/>
     <w:rsid w:val="00864BFD"/>
     <w:rsid w:val="00865274"/>
-    <w:rsid w:val="00886B8A"/>
-    <w:rsid w:val="00890E7F"/>
+    <w:rsid w:val="0087512B"/>
+    <w:rsid w:val="008A4167"/>
     <w:rsid w:val="008C0F4B"/>
     <w:rsid w:val="008D0C5F"/>
     <w:rsid w:val="008D6E33"/>
     <w:rsid w:val="009012FC"/>
     <w:rsid w:val="0094012E"/>
+    <w:rsid w:val="00945C3A"/>
+    <w:rsid w:val="0099581A"/>
+    <w:rsid w:val="009B2B11"/>
     <w:rsid w:val="009B536A"/>
     <w:rsid w:val="009D0A26"/>
+    <w:rsid w:val="009E6A59"/>
     <w:rsid w:val="00A251F5"/>
-    <w:rsid w:val="00A52014"/>
-    <w:rsid w:val="00A60DC9"/>
+    <w:rsid w:val="00A446F2"/>
+    <w:rsid w:val="00A51BA3"/>
+    <w:rsid w:val="00AA7B31"/>
     <w:rsid w:val="00AB44BC"/>
-    <w:rsid w:val="00AC60E5"/>
     <w:rsid w:val="00AE3771"/>
-    <w:rsid w:val="00AF085F"/>
     <w:rsid w:val="00AF2240"/>
+    <w:rsid w:val="00AF3EAE"/>
     <w:rsid w:val="00B00619"/>
+    <w:rsid w:val="00B810EE"/>
     <w:rsid w:val="00BC5321"/>
-    <w:rsid w:val="00BF170D"/>
+    <w:rsid w:val="00BE13EC"/>
+    <w:rsid w:val="00BE34A0"/>
     <w:rsid w:val="00C109BA"/>
     <w:rsid w:val="00C27693"/>
+    <w:rsid w:val="00C46DE4"/>
+    <w:rsid w:val="00C62910"/>
+    <w:rsid w:val="00C67DE9"/>
+    <w:rsid w:val="00D02611"/>
     <w:rsid w:val="00D074BC"/>
-    <w:rsid w:val="00D2002B"/>
-    <w:rsid w:val="00D31B48"/>
+    <w:rsid w:val="00D11B8F"/>
     <w:rsid w:val="00D67C5A"/>
     <w:rsid w:val="00D7056C"/>
-    <w:rsid w:val="00D83D64"/>
     <w:rsid w:val="00D87891"/>
     <w:rsid w:val="00D91AF2"/>
-    <w:rsid w:val="00D93095"/>
     <w:rsid w:val="00DC0EA5"/>
+    <w:rsid w:val="00DE5FE8"/>
     <w:rsid w:val="00E07281"/>
     <w:rsid w:val="00E11ED4"/>
     <w:rsid w:val="00E1480A"/>
-    <w:rsid w:val="00E23B76"/>
     <w:rsid w:val="00E31E62"/>
-    <w:rsid w:val="00E4351B"/>
     <w:rsid w:val="00E44D8F"/>
     <w:rsid w:val="00E531D8"/>
     <w:rsid w:val="00E636E6"/>
     <w:rsid w:val="00E73F5A"/>
+    <w:rsid w:val="00E845F5"/>
+    <w:rsid w:val="00E960CF"/>
     <w:rsid w:val="00EB218C"/>
     <w:rsid w:val="00EB5F92"/>
-    <w:rsid w:val="00ED699D"/>
+    <w:rsid w:val="00EB768C"/>
+    <w:rsid w:val="00ED31AA"/>
     <w:rsid w:val="00EE6B92"/>
     <w:rsid w:val="00F469D7"/>
-    <w:rsid w:val="00F72CEB"/>
     <w:rsid w:val="00F76827"/>
+    <w:rsid w:val="00F76C67"/>
     <w:rsid w:val="00F961C6"/>
     <w:rsid w:val="00F964C7"/>
     <w:rsid w:val="00FA69C7"/>
     <w:rsid w:val="00FB67C4"/>
-    <w:rsid w:val="00FC6C68"/>
     <w:rsid w:val="00FC6D60"/>
+    <w:rsid w:val="00FC7730"/>
     <w:rsid w:val="00FE2DE3"/>
     <w:rsid w:val="00FE2F73"/>
     <w:rsid w:val="00FE5B71"/>
-    <w:rsid w:val="00FF03C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="56E9124F"/>
+  <w15:docId w15:val="{D156B63A-FE47-42B2-984C-4CEED2852619}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -4962,683 +5736,96 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002C4D61"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Изнесен текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002C4D61"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:bidi="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
-[...4 lines deleted...]
-    <w:rsid w:val="00ED699D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00542B61"/>
     <w:pPr>
-      <w:widowControl/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af">
-    <w:name w:val="Strong"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="newdocreference">
+    <w:name w:val="newdocreference"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="22"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="009E6A59"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="samedocreference">
+    <w:name w:val="samedocreference"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="009E6A59"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharChar1">
     <w:name w:val="Char Char1 Знак"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00ED699D"/>
-[...584 lines deleted...]
-    <w:rsid w:val="00ED699D"/>
+    <w:rsid w:val="00BE13EC"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="168911530">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="476997371">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5648,71 +5835,440 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="571043613">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="699087171">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="183134172">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2041123516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1193618651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1588881850">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="440148022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1257712535">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1589197034">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="65809836">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="935749934">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="942300553">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1591892842">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="336347720">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1420833807">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1019968444">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="99305745">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="887958426">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1228883807">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="321929056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1607226619">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1346400472">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="598829408">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="774909040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1400906590">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1503545948">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1332106049">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="160044190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="213543482">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1268854153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2079554507">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1619920362">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5965,85 +6521,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A53E072-B329-4379-95D3-C89097439E54}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F076CBF4-F1C7-4ABB-8065-3ECDC448447F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>385</Words>
-  <Characters>2201</Characters>
+  <Words>367</Words>
+  <Characters>2093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Заглавие</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Varna Municipality</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2581</CharactersWithSpaces>
+  <CharactersWithSpaces>2456</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Катя Момчилова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>