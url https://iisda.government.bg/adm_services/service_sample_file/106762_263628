--- v0 (2025-10-24)
+++ v1 (2025-11-20)
@@ -2403,109 +2403,109 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00646ED9" w:rsidRDefault="00646ED9" w:rsidP="008317C7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4170"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002E4E54" w:rsidRDefault="002E4E54" w:rsidP="008317C7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4170"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008317C7" w:rsidRPr="008317C7" w:rsidRDefault="005528B7" w:rsidP="008317C7">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="008317C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кодът за вида плащане е: </w:t>
+      </w:r>
+      <w:r w:rsidR="008317C7" w:rsidRPr="0013780D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">44 80 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A449DB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>07</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...36 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="008317C7" w:rsidRPr="0013780D" w:rsidRDefault="008317C7" w:rsidP="008317C7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0013780D">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>*Задължително трябва да посочите кода за вида плащане, за което се отнася платежното нареждане.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008317C7" w:rsidRDefault="008317C7" w:rsidP="008317C7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008317C7" w:rsidRDefault="008317C7" w:rsidP="008317C7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008317C7" w:rsidRDefault="008317C7" w:rsidP="008317C7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -3006,58 +3006,58 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                              </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B52850" w:rsidRPr="00D24D03" w:rsidSect="008317C7">
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="568" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="threeDEmboss" w:sz="6" w:space="24" w:color="4F6228"/>
         <w:left w:val="threeDEmboss" w:sz="6" w:space="24" w:color="4F6228"/>
         <w:bottom w:val="threeDEngrave" w:sz="6" w:space="24" w:color="4F6228"/>
         <w:right w:val="threeDEngrave" w:sz="6" w:space="24" w:color="4F6228"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004A1ED1" w:rsidRDefault="004A1ED1">
+    <w:p w:rsidR="00916162" w:rsidRDefault="00916162">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004A1ED1" w:rsidRDefault="004A1ED1">
+    <w:p w:rsidR="00916162" w:rsidRDefault="00916162">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3108,90 +3108,90 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004A1ED1" w:rsidRDefault="004A1ED1">
+    <w:p w:rsidR="00916162" w:rsidRDefault="00916162">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004A1ED1" w:rsidRDefault="004A1ED1">
+    <w:p w:rsidR="00916162" w:rsidRDefault="00916162">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
-      <v:shapetype w14:anchorId="5A13751C" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+      <v:shapetype w14:anchorId="5E5A47F6" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:9.75pt;height:9.75pt" o:bullet="t">
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:10.05pt;height:10.05pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00EF7C0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DA8D7CC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5926,51 +5926,51 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00336BF8"/>
@@ -6143,69 +6143,71 @@
     <w:rsid w:val="008000E0"/>
     <w:rsid w:val="00805A0B"/>
     <w:rsid w:val="00805E5C"/>
     <w:rsid w:val="00820EEC"/>
     <w:rsid w:val="00823D36"/>
     <w:rsid w:val="0082636A"/>
     <w:rsid w:val="00830BE2"/>
     <w:rsid w:val="008317C7"/>
     <w:rsid w:val="0083760F"/>
     <w:rsid w:val="008419B5"/>
     <w:rsid w:val="00842447"/>
     <w:rsid w:val="008539A3"/>
     <w:rsid w:val="008575CF"/>
     <w:rsid w:val="00871B90"/>
     <w:rsid w:val="0087278F"/>
     <w:rsid w:val="00872ADF"/>
     <w:rsid w:val="0088138C"/>
     <w:rsid w:val="0088736C"/>
     <w:rsid w:val="008911A8"/>
     <w:rsid w:val="008954FA"/>
     <w:rsid w:val="008A4546"/>
     <w:rsid w:val="008D3E59"/>
     <w:rsid w:val="008E7F4F"/>
     <w:rsid w:val="008F43BA"/>
     <w:rsid w:val="00910027"/>
+    <w:rsid w:val="00916162"/>
     <w:rsid w:val="00920508"/>
     <w:rsid w:val="00924904"/>
     <w:rsid w:val="00943C6E"/>
     <w:rsid w:val="0094417E"/>
     <w:rsid w:val="009507FA"/>
     <w:rsid w:val="00972398"/>
     <w:rsid w:val="009740CD"/>
     <w:rsid w:val="009757D8"/>
     <w:rsid w:val="0099291F"/>
     <w:rsid w:val="00996D81"/>
     <w:rsid w:val="009A32AD"/>
     <w:rsid w:val="009A4F1B"/>
     <w:rsid w:val="009C3512"/>
     <w:rsid w:val="009C5474"/>
     <w:rsid w:val="009C5D02"/>
     <w:rsid w:val="009D23F1"/>
     <w:rsid w:val="009D7B25"/>
     <w:rsid w:val="009E4818"/>
     <w:rsid w:val="00A22FEC"/>
+    <w:rsid w:val="00A449DB"/>
     <w:rsid w:val="00A44B9D"/>
     <w:rsid w:val="00A5041F"/>
     <w:rsid w:val="00A52B00"/>
     <w:rsid w:val="00A54783"/>
     <w:rsid w:val="00A557BB"/>
     <w:rsid w:val="00A65183"/>
     <w:rsid w:val="00A771F9"/>
     <w:rsid w:val="00A776A2"/>
     <w:rsid w:val="00A96DA6"/>
     <w:rsid w:val="00AA6185"/>
     <w:rsid w:val="00AC316F"/>
     <w:rsid w:val="00AD4C2D"/>
     <w:rsid w:val="00AD4DBD"/>
     <w:rsid w:val="00B0530E"/>
     <w:rsid w:val="00B1142E"/>
     <w:rsid w:val="00B11823"/>
     <w:rsid w:val="00B260A6"/>
     <w:rsid w:val="00B3264A"/>
     <w:rsid w:val="00B356B9"/>
     <w:rsid w:val="00B46814"/>
     <w:rsid w:val="00B52850"/>
     <w:rsid w:val="00B56329"/>
     <w:rsid w:val="00B71D3E"/>
     <w:rsid w:val="00B71D4B"/>
     <w:rsid w:val="00B73885"/>
@@ -6318,58 +6320,58 @@
     <w:rsid w:val="00FB49B7"/>
     <w:rsid w:val="00FB64A9"/>
     <w:rsid w:val="00FC7371"/>
     <w:rsid w:val="00FE378F"/>
     <w:rsid w:val="00FE464E"/>
     <w:rsid w:val="00FF3ACF"/>
     <w:rsid w:val="00FF57C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="669DA4EE"/>
+  <w14:docId w14:val="2A03360C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{641F1868-4D1A-4FA7-B719-38E9D8BD751B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7425,67 +7427,67 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6011BAAA-BB61-436A-A7AE-842116C98BB6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F110E08-F684-4732-8908-53D0A8C5BC91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>507</Words>
-  <Characters>3640</Characters>
+  <Words>618</Words>
+  <Characters>3529</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>