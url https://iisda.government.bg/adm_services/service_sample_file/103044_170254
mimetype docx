--- v0 (2025-10-13)
+++ v1 (2025-11-24)
@@ -1,951 +1,975 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00F910EE" w:rsidRDefault="0082451F" w:rsidP="0082451F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F910EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ДЕКЛАРАЦИЯ</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="0082451F">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRPr="00590DC8" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">От </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>...........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>......................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00BA0505">
-[...59 lines deleted...]
-      <w:pPr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">............................................................................................. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRPr="00590DC8" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>в качеството си на .....</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>............................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>..........................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>.............................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRPr="00590DC8" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BA0505">
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590DC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="bg-BG"/>
-[...191 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BA0505">
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>собственик, управител, изпълнителен директор, упълномощено лице</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="bg-BG"/>
-[...42 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRPr="00590DC8" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>на фирма..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>.................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>......ЕИК/БУЛСТАТ ............................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRPr="00590DC8" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адрес: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>гр./с. .....................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>..................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>..... община .........................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRPr="00590DC8" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>ж.к./ул..........................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>............................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>......... № ........ бл. .......вх. .......ап.......тел...................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRPr="00590DC8" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>ел. адрес:..............</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>............................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>.............................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>................, тел/факс ..............................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRDefault="00F910EE" w:rsidP="0082451F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRDefault="00F910EE" w:rsidP="0082451F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F910EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Декларирам, че за обект</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0505">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>: ...............</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidR="00F910EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>...........................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0505">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>(юридическо лице, едноличен търговец)</w:t>
-[...72 lines deleted...]
-        <w:t>....., община........................</w:t>
+        <w:t>(наименование на обекта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0505">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>с адрес гр./с. ......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>..................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0505">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>..............</w:t>
+      </w:r>
+      <w:r w:rsidR="00F910EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>..............</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>, област……</w:t>
-[...240 lines deleted...]
-        </w:rPr>
         <w:t>..., общин</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">а........................................., </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>област…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>………………..</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>……………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="0082451F">
-      <w:pPr>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ж.к./ ул.………..............................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>...................................................</w:t>
+        <w:t>......................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00F910EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>..............</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.............</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">............................................№ ..........бл. ....... вх. ....... ап. ...... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="0082451F">
-[...19 lines deleted...]
-    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="0082451F">
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00F910EE" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F910EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>са изпълнени изискванията на Закона за устройство на територията – при промяна на предназначението на помещението</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="0082451F">
-[...9 lines deleted...]
-    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="0082451F">
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F910EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>обектът е въведен в експлоатация с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>……………………………………..</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>………….................................................</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00F910EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>……….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0505">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>…….................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA0505">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">(описва се документа по чл. 177, ал 2. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F910EE" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="0014631E" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0505">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(описва се документа по чл. 177, ал 2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
         <w:t>или ал. 3 от ЗУТ)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="0082451F">
-      <w:pPr>
+    <w:p w:rsidR="00F910EE" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>№………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>…………</w:t>
       </w:r>
@@ -961,93 +985,125 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>…………….</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>….г., издаден от.....</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>..................</w:t>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidR="00F910EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.........</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="0082451F">
-      <w:pPr>
+    <w:p w:rsidR="00F910EE" w:rsidRDefault="00F910EE" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>и на помещението не е извършвана промяна на предназначението.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082451F" w:rsidRDefault="0082451F" w:rsidP="0082451F">
-[...10 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="0082451F" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082451F" w:rsidRPr="0014631E" w:rsidRDefault="0082451F" w:rsidP="00F910EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014631E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Забележка: Вярното се отбелязва с Х.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0082451F" w:rsidRPr="00BA0505" w:rsidRDefault="0082451F" w:rsidP="0082451F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -1107,102 +1163,102 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA0505">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t>Име и подпис………………………...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC5FC8" w:rsidRDefault="00AC5FC8"/>
-    <w:sectPr w:rsidR="00AC5FC8" w:rsidSect="0082451F">
+    <w:sectPr w:rsidR="00AC5FC8" w:rsidSect="00F910EE">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1417" w:right="758" w:bottom="1417" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="616" w:bottom="1417" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013322D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64DE1170"/>
     <w:lvl w:ilvl="0" w:tplc="9B52309C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1256,90 +1312,92 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="148"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B610FC"/>
     <w:rsid w:val="0082451F"/>
     <w:rsid w:val="00AC5FC8"/>
     <w:rsid w:val="00B610FC"/>
+    <w:rsid w:val="00F910EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="32525B80"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{84C68383-F8B0-470F-8022-C9898E004EE2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2022,69 +2080,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>420</Words>
-  <Characters>2395</Characters>
+  <Words>411</Words>
+  <Characters>2348</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2810</CharactersWithSpaces>
+  <CharactersWithSpaces>2754</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>