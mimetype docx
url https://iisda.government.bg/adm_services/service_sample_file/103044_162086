--- v0 (2025-10-13)
+++ v1 (2025-11-24)
@@ -98,110 +98,84 @@
         <w:t>ДИРЕКТОРА НА</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B604EF" w:rsidRPr="00B604EF" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B604EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>РЗИ – СОФИЙСКА ОБЛАСТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B604EF" w:rsidRPr="00B604EF" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
-[...18 lines deleted...]
-        <w:t>БУЛ. „АКАД. ИВАН ГЕШОВ” № 15</w:t>
+    <w:p w:rsidR="00B604EF" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>З А Я В Л Е Н И Е</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B604EF" w:rsidRPr="00B604EF" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
-[...21 lines deleted...]
-    <w:p w:rsidR="00B604EF" w:rsidRPr="00590DC8" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
+    <w:p w:rsidR="00735467" w:rsidRPr="00590DC8" w:rsidRDefault="00735467" w:rsidP="00B604EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590DC8">
-[...5 lines deleted...]
-        <w:t>З А Я В Л Е Н И Е</w:t>
+      <w:r w:rsidRPr="00735467">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>за издаване на становище, относно спазване на граничните стойности на показателите за шум</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B604EF" w:rsidRPr="00590DC8" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590DC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>От .....................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -531,52 +505,50 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Заявявам желанието си да ми бъде издадено становище по реда на чл. 16б от Закона за защита от шума в околната среда (ЗЗШОС) за следния обект:</w:t>
       </w:r>
       <w:r w:rsidRPr="00590DC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B604EF" w:rsidRPr="00590DC8" w:rsidRDefault="00B604EF" w:rsidP="00070E05">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00590DC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>…………………………..</w:t>
       </w:r>
       <w:r w:rsidRPr="00590DC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>......................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>.................</w:t>
       </w:r>
@@ -912,590 +884,2995 @@
     <w:p w:rsidR="00B604EF" w:rsidRPr="00B604EF" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B604EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Протокол от извършено измерване* на нивото на шума, излъчван от обекта в рамките на заявеното работно време, в съседни жилищни помещения, които са в непосредствена близост до обекта или граничат с него;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B604EF" w:rsidRPr="00B604EF" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00B604EF" w:rsidRPr="00590DC8" w:rsidRDefault="00735467" w:rsidP="00B604EF">
+      <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:sz w:val="18"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B604EF" w:rsidRPr="00590DC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>(*) Измерването се извършва от независими лаборатории, които са акредитирани от Изпълнителна агенция "Българска служба по акредитация" или от друг национален орган по акредитация, който е страна по Многостранното споразумение за взаимно признаване на Европейската организация за акредитация за съответната област, или да отговарят на изискванията за признаване съгласно чл. 5а, ал. 2 от Закона за националната акредитация на органи за оценяване на съответствието и в чийто обхват на акредитация попада показателят шум. Измерването се извършва при спазване изискванията на Наредба №6 / 26.06.2006 г. за показателите за шум в околната среда, отчитащи степента на дискомфорт през различните части на денонощието, граничните стойности на показателите за шум в околната среда в помещенията на жилищни и обществени сгради, в зони и територии, предназначени за жилищно строителство, рекреационни зони и територии и зони със смесено предназначение, методите за оценка на стойностите на показателите за шум в околната среда, както и методите за оценка на вредните ефекти от шума върху здравето на населението и изискванията, определени в съответния стандарт.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B604EF" w:rsidRPr="00590DC8" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D5DB2" w:rsidRPr="007D5DB2" w:rsidRDefault="007D5DB2" w:rsidP="007D5DB2">
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00C81DB4" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Заплащането</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>извършената</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ще</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>извърша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00A97B77" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>брой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Центъра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РЗИ – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Софийска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>област</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>гр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>София</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>бул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>кад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Иван</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“ №</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>етаж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>кабинет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>41</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00A97B77" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>картови</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>плащания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>инсталиран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПОС </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>терминал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Центъра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РЗИ – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Софийска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>област</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ПК 1431 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>гр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>София</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>бул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>кад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Иван</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“ №</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>етаж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>кабинет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>41</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>банков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>път</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>транзитната</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>сметка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РЗИ – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Софийска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>област</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A97B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00A97B77" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>плащане</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>единната</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>входна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>точка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>достъпна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008534DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="001C6AD9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>https://pay.egov.bg/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00C81DB4" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00A436C3" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Заявявам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>желанието</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>си</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>издаденото</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>становище</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>приложените</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>документи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>бъдат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>получени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00A436C3" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>място</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Центъра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РЗИ – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Соф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ийска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>област</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>гр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>София</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>бул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Акад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Иван</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“ №</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>етаж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>кабинет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 41; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00A436C3" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Системата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>сигурно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>електронно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>връчване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00A436C3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>https://edelivery.egov.bg/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00A436C3" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>лицензиран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оператор………….....................................................................…………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00A436C3" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес……………………………………………………………....................................…………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>………….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>….………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="00A436C3" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>куриерска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">............................………………..............................……………....… </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRPr="0076087A" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>декларирам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>че</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>пощенските</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>разходи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>са</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>моя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>сметка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>платими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>получаването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360EAD" w:rsidRDefault="00360EAD" w:rsidP="00360EAD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B604EF" w:rsidRPr="00590DC8" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D5DB2">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>Заплащането на извършената услуга ще извърша:</w:t>
+        <w:t>С подписване на настоящото заявление изразявам своето съгласие Регионална здравна инспекция – Софийска област, да обработва, съхранява и архивира личните ми данни чрез компютърни и други системи съгласно изискванията на Закона за защита на личните данни с цел осъществяване на законово регламентираните функции.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D5DB2" w:rsidRPr="007D5DB2" w:rsidRDefault="007D5DB2" w:rsidP="007D5DB2">
+    <w:p w:rsidR="00B604EF" w:rsidRPr="00590DC8" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D5DB2">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00590DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">□ в брой - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: ПК 1431 гр. София, бул. „Акад. Иван </w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t>Уведомен/а съм за целта и средствата за обработка на личните ми данни, доброволния характер на предоставянето на данните и сферата на ползването им, както и с правото ми на достъп до и на коригиране на събраните данни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B604EF" w:rsidRPr="00590DC8" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B604EF" w:rsidRPr="00B604EF" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>Гешов</w:t>
-[...5 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B604EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>“ № 15, етаж 3, кабинет № 41;</w:t>
+        <w:t>Дата......</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B604EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>................20…</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B604EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. г                                                                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B604EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Заявител: .....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D5DB2" w:rsidRPr="007D5DB2" w:rsidRDefault="007D5DB2" w:rsidP="007D5DB2">
+    <w:p w:rsidR="00B604EF" w:rsidRPr="00B604EF" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D5DB2">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00B604EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">□ картови плащания чрез инсталиран ПОС терминал - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: ПК 1431 гр. София, бул. „Акад. Иван </w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Гр. ...........................                                                                                                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>Гешов</w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1770">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>“ № 15, етаж 3, кабинет № 41;</w:t>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
-      </w:pPr>
-[...336 lines deleted...]
-        <w:t xml:space="preserve">                              </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B604EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> (подпис)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B604EF" w:rsidRPr="00590DC8" w:rsidRDefault="00B604EF" w:rsidP="00B604EF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590DC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -1529,72 +3906,72 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AFB439C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1654F194"/>
     <w:lvl w:ilvl="0" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1695,87 +4072,90 @@
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C30ABD"/>
     <w:rsid w:val="00070E05"/>
     <w:rsid w:val="000A44CA"/>
     <w:rsid w:val="00270F91"/>
+    <w:rsid w:val="00360EAD"/>
     <w:rsid w:val="00377C6D"/>
     <w:rsid w:val="00380E96"/>
+    <w:rsid w:val="003D1770"/>
     <w:rsid w:val="00453BDD"/>
     <w:rsid w:val="00504D72"/>
+    <w:rsid w:val="00735467"/>
     <w:rsid w:val="007D5DB2"/>
     <w:rsid w:val="00831AAD"/>
     <w:rsid w:val="00AC5FC8"/>
     <w:rsid w:val="00B24021"/>
     <w:rsid w:val="00B604EF"/>
     <w:rsid w:val="00C30ABD"/>
     <w:rsid w:val="00D641F2"/>
     <w:rsid w:val="00E66D55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="75939EA4"/>
+  <w14:docId w14:val="40B35BDA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9EB821DA-A22F-4C4C-9F1B-FF177E617A84}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2194,63 +4574,74 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D641F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D641F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00360EAD"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2475,77 +4866,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1041</Words>
-  <Characters>5938</Characters>
+  <Words>1052</Words>
+  <Characters>5997</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6966</CharactersWithSpaces>
+  <CharactersWithSpaces>7035</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>