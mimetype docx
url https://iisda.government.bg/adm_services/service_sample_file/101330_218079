--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -27,50 +27,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="007B1D94" w:rsidRPr="00095EFF" w:rsidRDefault="005F5455" w:rsidP="007B1D94">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w14:shadow w14:blurRad="50800" w14:dist="38100" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:srgbClr w14:val="000000">
               <w14:alpha w14:val="60000"/>
             </w14:srgbClr>
           </w14:shadow>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00775286">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02CC429E" wp14:editId="71244CEF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5129530</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-76835</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="685800" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -95,50 +96,51 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="007B1D94" w:rsidRPr="00095EFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:noProof/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E2ADC8E" wp14:editId="0D5C1898">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-175895</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-30480</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="716280" cy="683260"/>
             <wp:effectExtent l="0" t="0" r="7620" b="2540"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Picture 1" descr="untitled"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="untitled"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -221,237 +223,316 @@
       </w:pPr>
       <w:r w:rsidRPr="00095EFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>РЕГИОНАЛНА ЗДРАВНА ИНСПЕКЦИЯ – СОФИЙСКА ОБЛАСТ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B1D94" w:rsidRPr="007B1D94" w:rsidRDefault="007B1D94" w:rsidP="007B1D94">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B1D94" w:rsidRPr="00746574" w:rsidRDefault="007B1D94" w:rsidP="007B1D94">
+    <w:p w:rsidR="007B1D94" w:rsidRPr="008E7FF7" w:rsidRDefault="007B1D94" w:rsidP="007B1D94">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56187">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Гр. София, 1431, бул. Акад. Иван Гешов № 15</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Гр. София, 1431, бул. Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B56187">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:tab/>
-      </w:r>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B56187">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> № 15</w:t>
       </w:r>
       <w:r w:rsidRPr="00B56187">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B56187">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B56187">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B56187">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">               e-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:r>
       <w:r w:rsidRPr="00B56187">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>mail</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00B56187">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008E7FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               e-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E7FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E7FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B56187">
+      <w:r w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>rzi_so@rzi-sfo</w:t>
+        <w:t>rzi@rzi-sfo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B56187">
+      <w:r w:rsidR="008E7FF7" w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="008E7FF7" w:rsidRPr="008E7FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E7FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="007B1D94" w:rsidRPr="00746574" w:rsidRDefault="007B1D94" w:rsidP="007B1D94">
+    <w:p w:rsidR="007B1D94" w:rsidRPr="008E7FF7" w:rsidRDefault="007B1D94" w:rsidP="007B1D94">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B56187">
+      <w:r w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Тел. 02/807 87 00;  факс: 02/807 87 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B56187">
+      <w:r w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B56187">
+      <w:r w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B56187">
+      <w:r w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B56187">
+      <w:r w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B56187">
+      <w:r w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">                                   </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">                                   www.rzi-sfo</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7FF7" w:rsidRPr="008E7FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E7FF7" w:rsidRPr="008E7FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E7FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E7FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>bg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00330084" w:rsidRPr="00E853A6" w:rsidRDefault="00252D09" w:rsidP="00A60FF5">
       <w:pPr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="6372"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E853A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Приложение към чл.</w:t>
       </w:r>
       <w:r w:rsidR="007B1D94">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
@@ -825,50 +906,52 @@
           <w:i/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E853A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">с постоянен </w:t>
       </w:r>
       <w:r w:rsidR="009C32FB" w:rsidRPr="00E853A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">или настоящ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E853A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>адрес:</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00330084" w:rsidRPr="00E853A6" w:rsidRDefault="00330084" w:rsidP="00A60FF5">
       <w:pPr>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E853A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>гр./с</w:t>
       </w:r>
       <w:r w:rsidR="007B1D94">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E853A6">
@@ -1553,52 +1636,50 @@
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(подпис)</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1D94">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B1D94">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007B1D94">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B1D94">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B1D94">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -1634,137 +1715,137 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(подпис)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00330084" w:rsidRPr="00E853A6" w:rsidSect="00395F9D">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="680" w:right="851" w:bottom="680" w:left="1418" w:header="284" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00604628" w:rsidRDefault="00604628">
+    <w:p w:rsidR="00C4517F" w:rsidRDefault="00C4517F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00604628" w:rsidRDefault="00604628">
+    <w:p w:rsidR="00C4517F" w:rsidRDefault="00C4517F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00833775" w:rsidRDefault="00472D5D" w:rsidP="00FD1821">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>В</w:t>
     </w:r>
     <w:r w:rsidR="008D229F" w:rsidRPr="00972AB4">
       <w:rPr>
         <w:i/>
         <w:sz w:val="20"/>
@@ -2087,58 +2168,58 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>/ 20.12.2021г.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00833775" w:rsidRPr="00395F9D" w:rsidRDefault="00833775">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00604628" w:rsidRDefault="00604628">
+    <w:p w:rsidR="00C4517F" w:rsidRDefault="00C4517F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00604628" w:rsidRDefault="00604628">
+    <w:p w:rsidR="00C4517F" w:rsidRDefault="00C4517F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00833775" w:rsidRDefault="00833775">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -5356,51 +5437,51 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="95"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5522,50 +5603,51 @@
     <w:rsid w:val="001371DD"/>
     <w:rsid w:val="00140BE9"/>
     <w:rsid w:val="00142408"/>
     <w:rsid w:val="001430AF"/>
     <w:rsid w:val="00151F62"/>
     <w:rsid w:val="00153713"/>
     <w:rsid w:val="00160A49"/>
     <w:rsid w:val="001624AB"/>
     <w:rsid w:val="00162F33"/>
     <w:rsid w:val="001632CF"/>
     <w:rsid w:val="00163BC3"/>
     <w:rsid w:val="00167882"/>
     <w:rsid w:val="001727E9"/>
     <w:rsid w:val="00172B48"/>
     <w:rsid w:val="00174469"/>
     <w:rsid w:val="00175271"/>
     <w:rsid w:val="00175C87"/>
     <w:rsid w:val="001763C9"/>
     <w:rsid w:val="00176854"/>
     <w:rsid w:val="00176F89"/>
     <w:rsid w:val="001775B6"/>
     <w:rsid w:val="001827B9"/>
     <w:rsid w:val="00183B4C"/>
     <w:rsid w:val="00183C86"/>
     <w:rsid w:val="00184148"/>
+    <w:rsid w:val="00184D8F"/>
     <w:rsid w:val="00185110"/>
     <w:rsid w:val="00191986"/>
     <w:rsid w:val="00191CEC"/>
     <w:rsid w:val="001949A3"/>
     <w:rsid w:val="001976D2"/>
     <w:rsid w:val="001A0299"/>
     <w:rsid w:val="001B1203"/>
     <w:rsid w:val="001B7EFE"/>
     <w:rsid w:val="001C16AC"/>
     <w:rsid w:val="001C2724"/>
     <w:rsid w:val="001C3741"/>
     <w:rsid w:val="001C541F"/>
     <w:rsid w:val="001C5B13"/>
     <w:rsid w:val="001D03E2"/>
     <w:rsid w:val="001D1946"/>
     <w:rsid w:val="001D2FEB"/>
     <w:rsid w:val="001D5C89"/>
     <w:rsid w:val="001D6148"/>
     <w:rsid w:val="001E29BA"/>
     <w:rsid w:val="001E67D7"/>
     <w:rsid w:val="001E71E4"/>
     <w:rsid w:val="001E7254"/>
     <w:rsid w:val="001E74FC"/>
     <w:rsid w:val="001F0D16"/>
     <w:rsid w:val="001F4573"/>
@@ -5896,50 +5978,51 @@
     <w:rsid w:val="00677521"/>
     <w:rsid w:val="00677679"/>
     <w:rsid w:val="00677888"/>
     <w:rsid w:val="00680376"/>
     <w:rsid w:val="00680FB2"/>
     <w:rsid w:val="00685129"/>
     <w:rsid w:val="006867C8"/>
     <w:rsid w:val="00687799"/>
     <w:rsid w:val="0069323D"/>
     <w:rsid w:val="006979CD"/>
     <w:rsid w:val="00697C28"/>
     <w:rsid w:val="006B2390"/>
     <w:rsid w:val="006B31D1"/>
     <w:rsid w:val="006B47C3"/>
     <w:rsid w:val="006B4B5A"/>
     <w:rsid w:val="006B5601"/>
     <w:rsid w:val="006B6AF6"/>
     <w:rsid w:val="006B712A"/>
     <w:rsid w:val="006C2EDA"/>
     <w:rsid w:val="006C7C32"/>
     <w:rsid w:val="006D0E43"/>
     <w:rsid w:val="006D64D4"/>
     <w:rsid w:val="006D6D11"/>
     <w:rsid w:val="006D6EE7"/>
     <w:rsid w:val="006E08A2"/>
+    <w:rsid w:val="006E09CA"/>
     <w:rsid w:val="006E1196"/>
     <w:rsid w:val="006E20CA"/>
     <w:rsid w:val="006E2634"/>
     <w:rsid w:val="006E4342"/>
     <w:rsid w:val="006E54C4"/>
     <w:rsid w:val="006F2A19"/>
     <w:rsid w:val="006F311D"/>
     <w:rsid w:val="006F4642"/>
     <w:rsid w:val="006F6D2F"/>
     <w:rsid w:val="006F7F9D"/>
     <w:rsid w:val="00705A9B"/>
     <w:rsid w:val="007117D5"/>
     <w:rsid w:val="0071289B"/>
     <w:rsid w:val="007171A3"/>
     <w:rsid w:val="007239F2"/>
     <w:rsid w:val="0072677C"/>
     <w:rsid w:val="0073228D"/>
     <w:rsid w:val="007338B2"/>
     <w:rsid w:val="00736237"/>
     <w:rsid w:val="007428E0"/>
     <w:rsid w:val="00743CBF"/>
     <w:rsid w:val="00745E58"/>
     <w:rsid w:val="00746257"/>
     <w:rsid w:val="0074732C"/>
     <w:rsid w:val="00747EFE"/>
@@ -6048,50 +6131,51 @@
     <w:rsid w:val="008A6589"/>
     <w:rsid w:val="008A66B8"/>
     <w:rsid w:val="008B0681"/>
     <w:rsid w:val="008B16F1"/>
     <w:rsid w:val="008B1A05"/>
     <w:rsid w:val="008B2C87"/>
     <w:rsid w:val="008B3705"/>
     <w:rsid w:val="008B39C8"/>
     <w:rsid w:val="008B47F1"/>
     <w:rsid w:val="008B74ED"/>
     <w:rsid w:val="008C20B1"/>
     <w:rsid w:val="008C2A17"/>
     <w:rsid w:val="008C3701"/>
     <w:rsid w:val="008C3E5A"/>
     <w:rsid w:val="008C5303"/>
     <w:rsid w:val="008C7470"/>
     <w:rsid w:val="008D0D70"/>
     <w:rsid w:val="008D229F"/>
     <w:rsid w:val="008D3B62"/>
     <w:rsid w:val="008D3EB9"/>
     <w:rsid w:val="008D5AD3"/>
     <w:rsid w:val="008E0062"/>
     <w:rsid w:val="008E0B38"/>
     <w:rsid w:val="008E55E8"/>
     <w:rsid w:val="008E6623"/>
+    <w:rsid w:val="008E7FF7"/>
     <w:rsid w:val="008F1BD1"/>
     <w:rsid w:val="008F35CF"/>
     <w:rsid w:val="008F3A8A"/>
     <w:rsid w:val="008F410F"/>
     <w:rsid w:val="008F7347"/>
     <w:rsid w:val="00900703"/>
     <w:rsid w:val="009007DA"/>
     <w:rsid w:val="00906824"/>
     <w:rsid w:val="00910DA7"/>
     <w:rsid w:val="0091442E"/>
     <w:rsid w:val="00914F85"/>
     <w:rsid w:val="00916123"/>
     <w:rsid w:val="00917493"/>
     <w:rsid w:val="00920F18"/>
     <w:rsid w:val="00922312"/>
     <w:rsid w:val="0092324A"/>
     <w:rsid w:val="00923F8C"/>
     <w:rsid w:val="0092535E"/>
     <w:rsid w:val="009253D6"/>
     <w:rsid w:val="009274F4"/>
     <w:rsid w:val="00931449"/>
     <w:rsid w:val="0093170A"/>
     <w:rsid w:val="00932F6A"/>
     <w:rsid w:val="009413A3"/>
     <w:rsid w:val="00941E9B"/>
@@ -6274,50 +6358,51 @@
     <w:rsid w:val="00C007E9"/>
     <w:rsid w:val="00C032C1"/>
     <w:rsid w:val="00C04880"/>
     <w:rsid w:val="00C062BF"/>
     <w:rsid w:val="00C07D21"/>
     <w:rsid w:val="00C109A5"/>
     <w:rsid w:val="00C13F48"/>
     <w:rsid w:val="00C146E5"/>
     <w:rsid w:val="00C15E62"/>
     <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C16AFC"/>
     <w:rsid w:val="00C16B1C"/>
     <w:rsid w:val="00C17797"/>
     <w:rsid w:val="00C21192"/>
     <w:rsid w:val="00C228B2"/>
     <w:rsid w:val="00C25CC9"/>
     <w:rsid w:val="00C25DF2"/>
     <w:rsid w:val="00C27DC2"/>
     <w:rsid w:val="00C30386"/>
     <w:rsid w:val="00C32979"/>
     <w:rsid w:val="00C33572"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C37DC9"/>
     <w:rsid w:val="00C41F58"/>
     <w:rsid w:val="00C43B99"/>
+    <w:rsid w:val="00C4517F"/>
     <w:rsid w:val="00C47F85"/>
     <w:rsid w:val="00C5148B"/>
     <w:rsid w:val="00C52EB6"/>
     <w:rsid w:val="00C53841"/>
     <w:rsid w:val="00C555E3"/>
     <w:rsid w:val="00C55B90"/>
     <w:rsid w:val="00C57891"/>
     <w:rsid w:val="00C626D9"/>
     <w:rsid w:val="00C64EB2"/>
     <w:rsid w:val="00C663AA"/>
     <w:rsid w:val="00C66CF3"/>
     <w:rsid w:val="00C71D3E"/>
     <w:rsid w:val="00C754FF"/>
     <w:rsid w:val="00C76F96"/>
     <w:rsid w:val="00C77F42"/>
     <w:rsid w:val="00C77FE7"/>
     <w:rsid w:val="00C80CB0"/>
     <w:rsid w:val="00C80E15"/>
     <w:rsid w:val="00C80F6D"/>
     <w:rsid w:val="00C8254B"/>
     <w:rsid w:val="00C85E2C"/>
     <w:rsid w:val="00C85F4A"/>
     <w:rsid w:val="00C87CD8"/>
     <w:rsid w:val="00C90097"/>
     <w:rsid w:val="00C91484"/>
@@ -6580,51 +6665,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3A3E074F"/>
+  <w14:docId w14:val="47C4C332"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6A538D03-8521-4D2E-8112-EA495CE7635E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7699,87 +7784,87 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ECCF6BA-B9AE-40F2-9ADE-E6B6C5E5E152}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB5201EC-960E-4132-B73C-B5CDCFA7E359}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>267</Words>
-  <Characters>1522</Characters>
+  <Words>268</Words>
+  <Characters>1528</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>УТВЪРЖДАВАМ,</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MTSP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1786</CharactersWithSpaces>
+  <CharactersWithSpaces>1793</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>4587551</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://secprod.mlsp.government.bg/?c=24</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>786479</vt:i4>
       </vt:variant>
       <vt:variant>