--- v0 (2025-11-30)
+++ v1 (2026-03-01)
@@ -1,1506 +1,1812 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+    <w:p w:rsidR="003F09F4" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Вх. №…………………/…….………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="001410C8" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E92A28" w:rsidRPr="001410C8" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006E48DA">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001410C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ДО</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="001410C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ДИРЕКТОРА НА</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">РЗИ - </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="001410C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ПЛОВДИВ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="001410C8" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006E48DA">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001410C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>От ........................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>/ трите имена /</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>В качеството на………………………………………….…………………………………………………...</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>/ собственик, управител, изпълнителен директор, упълномощено лице /</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">На……………………………………………………………………………………………………………... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>/наименование на юридическото лице/търговеца/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
-[...8 lines deleted...]
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+      <w:r w:rsidRPr="00E92A28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Седалище и адрес на управление: гр./с………………………., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E92A28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E92A28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>……………………………….. №…...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Община/район………………..………… ЕИК: ……..…….………….. тел: ……………..…………...........</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>УВАЖАЕМА ГОСПОЖО/ГОСПОДИН ДИРЕКТОР,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92A28" w:rsidRPr="006E48DA" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
+    <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+    <w:p w:rsidR="003F09F4" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A31A2D" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w:rsidR="00A31A2D" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Моля, да ми бъде </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>издадено:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w:rsidR="003F09F4" w:rsidRPr="00D11442" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00D11442">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00CD4740" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="00CD4740" w:rsidRPr="00CD4740">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Хигиенно заключение за проектна документация, при вписване, промени и отписване в регистъра на институциите в системата на предучилищното и училищното образование на частни детски градини и частни училища, при издаване и изменение на лицензия на Центровете за професионално обучение и/или Центрове за информация и професионално ориентиране</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006E48DA">
+        <w:t>Хигиенно заключение за проектна документация, при вписване, промени и отписване в регистъра на институциите в системата на предучилищното и училищното образование на частни детски градини и частни училища</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4740">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4740" w:rsidRPr="00CD4740">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при издаване и изменение на лицензия на Центровете за професионално обучение и/или Центрове за информация и професионално ориентиране</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11442">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w:rsidR="003F09F4" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:t>…..........................................................................................................................</w:t>
       </w:r>
-      <w:r w:rsidR="00D31387" w:rsidRPr="006E48DA">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00D31387" w:rsidRPr="006B63F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>......</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:t>.......................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+    <w:p w:rsidR="003F09F4" w:rsidRPr="00CD4740" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00CD4740">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>(име  на обекта)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+    <w:p w:rsidR="003F09F4" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>с адрес  гр./с. ………...........................................община........................................</w:t>
       </w:r>
-      <w:r w:rsidR="00D31387" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="00D31387" w:rsidRPr="000E27E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>...................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+    <w:p w:rsidR="003F09F4" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ж.к. / ул. ……………........................................ №</w:t>
       </w:r>
-      <w:r w:rsidR="00E92A28" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="00E92A28">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>……..</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>бл......вх......ап......тел.:............................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+    <w:p w:rsidR="003F09F4" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
-      <w:r w:rsidRPr="006E48DA">
+    <w:p w:rsidR="003F09F4" w:rsidRPr="001410C8" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00E92A28">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Прилагам следните документи:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A1DB8" w:rsidRPr="006E48DA" w:rsidRDefault="008A1DB8" w:rsidP="003F09F4"/>
-    <w:p w:rsidR="007A0444" w:rsidRPr="006E48DA" w:rsidRDefault="00101C29" w:rsidP="007A0444">
+    <w:p w:rsidR="008A1DB8" w:rsidRPr="001410C8" w:rsidRDefault="008A1DB8" w:rsidP="003F09F4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A0444" w:rsidRPr="00ED098E" w:rsidRDefault="00101C29" w:rsidP="007A0444">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="001410C8">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007A0444" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="007A0444" w:rsidRPr="001410C8">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E92A28" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="00E92A28">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007A0444" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="007A0444" w:rsidRPr="00ED098E">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Проект или заснемане на материалната база с обзавеждане; обяснителна записка по част „Архитектура” (при използване на материална база на действащи детски градини и училища)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A0444" w:rsidRPr="006E48DA" w:rsidRDefault="00101C29" w:rsidP="007A0444">
+    <w:p w:rsidR="007A0444" w:rsidRPr="00ED098E" w:rsidRDefault="00101C29" w:rsidP="007A0444">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00ED098E">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007A0444" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="007A0444" w:rsidRPr="00ED098E">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E92A28" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="00E92A28">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007A0444" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="007A0444" w:rsidRPr="00ED098E">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Проект на материалната база с обзавеждане; и обяснителни записки по част „Архитектура”, част „Водоснабдяване и канализация”, част „Отопление и вентилация” (при използване на </w:t>
       </w:r>
-      <w:r w:rsidR="007A0444" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="007A0444" w:rsidRPr="00ED098E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>сгради, които се преустройват, реконструират, сменят своето предназначение или са ново строителство)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A0444" w:rsidRPr="006E48DA" w:rsidRDefault="00101C29" w:rsidP="007A0444">
+    <w:p w:rsidR="007A0444" w:rsidRPr="00ED098E" w:rsidRDefault="00101C29" w:rsidP="007A0444">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
+      <w:r w:rsidRPr="00ED098E">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="007A0444" w:rsidRPr="006E48DA">
+      <w:r w:rsidR="007A0444" w:rsidRPr="00ED098E">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>. Документ за платена такса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E48DA" w:rsidRPr="006E48DA" w:rsidRDefault="006E48DA" w:rsidP="006E48DA">
+    <w:p w:rsidR="003F09F4" w:rsidRPr="008E7BDD" w:rsidRDefault="003F09F4" w:rsidP="003F09F4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED098E" w:rsidRPr="00ED098E" w:rsidRDefault="00ED098E" w:rsidP="00ED098E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="-180" w:firstLine="180"/>
+        <w:ind w:left="-180"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>НЕОБХОДИМАТА ТОЧКА СЕ ЗАГРАЖДА!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED098E" w:rsidRPr="001410C8" w:rsidRDefault="00ED098E" w:rsidP="00ED098E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-180"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>Декларирам, че желая изходният документ да бъде получен:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006E48DA" w:rsidRPr="006E48DA" w:rsidRDefault="006E48DA" w:rsidP="006E48DA">
+        <w:t>Декларирам че желая,  изходния документ да бъде получен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED098E" w:rsidRPr="001410C8" w:rsidRDefault="00ED098E" w:rsidP="00E92A28">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>в център за административно обслужване на РЗИ - Пловдив – лично или от упълномощено от мен лице:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006E48DA" w:rsidRPr="006E48DA" w:rsidRDefault="006E48DA" w:rsidP="006E48DA">
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92A28" w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>център за административно обслужване</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на РЗИ – Пловдив – лично или от упълномощено от мен лице:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED098E" w:rsidRPr="001410C8" w:rsidRDefault="00ED098E" w:rsidP="00ED098E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>чрез лицензиран пощенски оператор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E48DA" w:rsidRPr="006E48DA" w:rsidRDefault="006E48DA" w:rsidP="006E48DA">
+    <w:p w:rsidR="00ED098E" w:rsidRPr="001410C8" w:rsidRDefault="00ED098E" w:rsidP="00ED098E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>като вътрешна препоръчана пощенска пратка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E48DA" w:rsidRPr="006E48DA" w:rsidRDefault="006E48DA" w:rsidP="006E48DA">
+    <w:p w:rsidR="00ED098E" w:rsidRPr="001410C8" w:rsidRDefault="00ED098E" w:rsidP="00ED098E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>като вътрешна куриерска пратка</w:t>
-[...38 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">като вътрешна куриерска </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес:……………………………………..……………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED098E" w:rsidRPr="001410C8" w:rsidRDefault="00ED098E" w:rsidP="00ED098E">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
         <w:t>цената за пощенската услуга се заплаща от мен при доставяне на пратката</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E48DA" w:rsidRPr="006E48DA" w:rsidRDefault="006E48DA" w:rsidP="006E48DA">
+    <w:p w:rsidR="00ED098E" w:rsidRPr="001410C8" w:rsidRDefault="00ED098E" w:rsidP="00ED098E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>като международна препоръчана пощенска пратка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E48DA" w:rsidRPr="006E48DA" w:rsidRDefault="006E48DA" w:rsidP="006E48DA">
+    <w:p w:rsidR="00ED098E" w:rsidRPr="001410C8" w:rsidRDefault="00ED098E" w:rsidP="00ED098E">
       <w:pPr>
         <w:ind w:firstLine="360"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и се заплащат на административния/компетентния орган, който от своя страна заплаща пощенската услуга </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и се заплащат на административния/ компетентния орган, който от своя страна заплаща пощенската услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>на лицензирания пощенски оператор при подаване на пратката</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E48DA" w:rsidRPr="006E48DA" w:rsidRDefault="006E48DA" w:rsidP="006E48DA">
+    <w:p w:rsidR="001410C8" w:rsidRPr="00EE51A8" w:rsidRDefault="001410C8" w:rsidP="001410C8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:contextualSpacing/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Закона за електронното управление </w:t>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>електронен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>съгласно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закона за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>електронното</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управление……………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001410C8" w:rsidRPr="00EE51A8" w:rsidRDefault="001410C8" w:rsidP="001410C8">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E48DA">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">в </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">профил, регистриран в Информационната </w:t>
+        <w:t>профил</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>регистриран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Информационната</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="006E48DA">
+        <w:r w:rsidRPr="001410C8">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
           </w:rPr>
-          <w:t>система за сигурно електронно връчване</w:t>
+          <w:t xml:space="preserve">система за </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="001410C8">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t>сигурно</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="001410C8">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="001410C8">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t>електронно</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="001410C8">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="001410C8">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t>връчване</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>модул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="001410C8">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Портала на </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="001410C8">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t>електронното</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="001410C8">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> управление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> като модул на </w:t>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по смисъла на Закона за електронното управление</w:t>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>смисъла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> https://edelivery.egov.bg/ </w:t>
-[...5 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закона за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>електронното</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управление…………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED098E" w:rsidRPr="00ED098E" w:rsidRDefault="00ED098E" w:rsidP="001410C8">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Забележка: Вярното се отбелязва с Х.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001410C8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED098E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED098E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED098E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED098E">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Подпис:......................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004812B6" w:rsidRPr="00E92A28" w:rsidRDefault="00ED098E" w:rsidP="00E92A28">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-180"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:i/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006E48DA">
-[...48 lines deleted...]
-    <w:sectPr w:rsidR="003F09F4" w:rsidRPr="006E48DA" w:rsidSect="00CD4740">
+    </w:p>
+    <w:sectPr w:rsidR="004812B6" w:rsidRPr="00E92A28" w:rsidSect="00CD4740">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="360" w:right="1106" w:bottom="567" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007F3D46" w:rsidRDefault="007F3D46" w:rsidP="00E92A28">
+    <w:p w:rsidR="00F2211D" w:rsidRDefault="00F2211D" w:rsidP="00E92A28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007F3D46" w:rsidRDefault="007F3D46" w:rsidP="00E92A28">
+    <w:p w:rsidR="00F2211D" w:rsidRDefault="00F2211D" w:rsidP="00E92A28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007F3D46" w:rsidRDefault="007F3D46" w:rsidP="00E92A28">
+    <w:p w:rsidR="00F2211D" w:rsidRDefault="00F2211D" w:rsidP="00E92A28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007F3D46" w:rsidRDefault="007F3D46" w:rsidP="00E92A28">
+    <w:p w:rsidR="00F2211D" w:rsidRDefault="00F2211D" w:rsidP="00E92A28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00E92A28" w:rsidRPr="00E92A28" w:rsidRDefault="00E92A28" w:rsidP="00E92A28">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="a5"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="24"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="24"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">РЗИ – Пловдив </w:t>
     </w:r>
     <w:r w:rsidRPr="00E92A28">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="24"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>АУ-2961</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BDA6CB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88BE8848"/>
     <w:lvl w:ilvl="0" w:tplc="B1CC9334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2139,289 +2445,285 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="4"/>
-[...19 lines deleted...]
-  <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="77"/>
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00244D7A"/>
     <w:rsid w:val="00033EF9"/>
     <w:rsid w:val="00041AD1"/>
     <w:rsid w:val="0005185E"/>
     <w:rsid w:val="00063DD4"/>
     <w:rsid w:val="00086E68"/>
     <w:rsid w:val="000A433D"/>
     <w:rsid w:val="000C5DDB"/>
     <w:rsid w:val="000E27E6"/>
     <w:rsid w:val="000F12A9"/>
     <w:rsid w:val="00101C29"/>
     <w:rsid w:val="00106F1E"/>
-    <w:rsid w:val="00154F17"/>
+    <w:rsid w:val="001410C8"/>
     <w:rsid w:val="001950AB"/>
     <w:rsid w:val="001972CB"/>
     <w:rsid w:val="00223EAB"/>
     <w:rsid w:val="00224241"/>
     <w:rsid w:val="00244D7A"/>
     <w:rsid w:val="00260B20"/>
     <w:rsid w:val="00263DE3"/>
     <w:rsid w:val="0027488E"/>
     <w:rsid w:val="002C02A7"/>
     <w:rsid w:val="00304322"/>
     <w:rsid w:val="00397B59"/>
     <w:rsid w:val="003B2666"/>
     <w:rsid w:val="003C7F31"/>
     <w:rsid w:val="003D0010"/>
     <w:rsid w:val="003F09F4"/>
     <w:rsid w:val="003F54D4"/>
     <w:rsid w:val="004271D3"/>
+    <w:rsid w:val="004318ED"/>
     <w:rsid w:val="00466001"/>
     <w:rsid w:val="004812B6"/>
     <w:rsid w:val="004B50EA"/>
     <w:rsid w:val="004D4E36"/>
     <w:rsid w:val="004F7279"/>
     <w:rsid w:val="005400A6"/>
     <w:rsid w:val="0057723A"/>
     <w:rsid w:val="005B2C5B"/>
     <w:rsid w:val="006153F9"/>
-    <w:rsid w:val="00640322"/>
     <w:rsid w:val="0066287B"/>
     <w:rsid w:val="006837CD"/>
     <w:rsid w:val="00695667"/>
     <w:rsid w:val="006A7738"/>
-    <w:rsid w:val="006E48DA"/>
+    <w:rsid w:val="006B63F6"/>
     <w:rsid w:val="00764DF3"/>
     <w:rsid w:val="00765C5B"/>
     <w:rsid w:val="0079362D"/>
     <w:rsid w:val="007A0444"/>
     <w:rsid w:val="007C5642"/>
-    <w:rsid w:val="007F3D46"/>
     <w:rsid w:val="00840DFF"/>
     <w:rsid w:val="008900E0"/>
     <w:rsid w:val="008A1DB8"/>
     <w:rsid w:val="008B3C3A"/>
     <w:rsid w:val="008E19CA"/>
     <w:rsid w:val="008E7BDD"/>
     <w:rsid w:val="008F5132"/>
     <w:rsid w:val="00923A38"/>
     <w:rsid w:val="00945DCB"/>
     <w:rsid w:val="009C5943"/>
     <w:rsid w:val="009F65BB"/>
     <w:rsid w:val="00A134B3"/>
     <w:rsid w:val="00A13CF2"/>
     <w:rsid w:val="00A31A2D"/>
     <w:rsid w:val="00A61490"/>
     <w:rsid w:val="00A75BEA"/>
     <w:rsid w:val="00A923B6"/>
     <w:rsid w:val="00AA4D32"/>
     <w:rsid w:val="00B65D3B"/>
     <w:rsid w:val="00B71B6E"/>
     <w:rsid w:val="00BB18A9"/>
     <w:rsid w:val="00BC427A"/>
     <w:rsid w:val="00C340AC"/>
     <w:rsid w:val="00C429C3"/>
     <w:rsid w:val="00C556EB"/>
     <w:rsid w:val="00C65252"/>
     <w:rsid w:val="00CD4740"/>
     <w:rsid w:val="00CE60BD"/>
     <w:rsid w:val="00D11442"/>
     <w:rsid w:val="00D31387"/>
     <w:rsid w:val="00D4019A"/>
     <w:rsid w:val="00D7062C"/>
     <w:rsid w:val="00D72431"/>
     <w:rsid w:val="00DB292A"/>
     <w:rsid w:val="00DD5E85"/>
     <w:rsid w:val="00E3787F"/>
     <w:rsid w:val="00E570AC"/>
     <w:rsid w:val="00E92A28"/>
     <w:rsid w:val="00ED098E"/>
     <w:rsid w:val="00ED642D"/>
     <w:rsid w:val="00ED7CA5"/>
+    <w:rsid w:val="00F2211D"/>
     <w:rsid w:val="00F35389"/>
     <w:rsid w:val="00FE2A10"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3EB91991"/>
+  <w14:docId w14:val="3282A234"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D37507E7-CEC2-4547-A2A5-50B66ADBFED7}"/>
+  <w15:docId w15:val="{C85EA94D-2C4B-4377-8ED5-FF4296B64C4E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -2594,204 +2896,191 @@
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00244D7A"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="00244D7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
       <w:lang w:val="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:rsid w:val="00244D7A"/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00244D7A"/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:rsid w:val="00244D7A"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00260B20"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="buttons">
     <w:name w:val="buttons"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:rsid w:val="00260B20"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="title">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заглавие1"/>
+    <w:basedOn w:val="a"/>
     <w:rsid w:val="00260B20"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:rsid w:val="00B65D3B"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:rsid w:val="00E92A28"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...1 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Горен колонтитул Знак"/>
+    <w:link w:val="a5"/>
     <w:rsid w:val="00E92A28"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
     <w:rsid w:val="00E92A28"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Долен колонтитул Знак"/>
+    <w:link w:val="a7"/>
     <w:rsid w:val="00E92A28"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
-    </w:rPr>
-[...15 lines deleted...]
-      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="334114625">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="393624584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -2875,51 +3164,50 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2140029024">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/nachalo" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -3149,76 +3437,116 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>471</Words>
-  <Characters>2687</Characters>
+  <Words>325</Words>
+  <Characters>2854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Бл</vt:lpstr>
       <vt:lpstr>Бл</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>&lt;arabianhorse&gt;</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3152</CharactersWithSpaces>
+  <CharactersWithSpaces>3173</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="12" baseType="variant">
+      <vt:variant>
+        <vt:i4>2424886</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://egov.bg/wps/portal/egov/nachalo</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7274614</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://edelivery.egov.bg/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Бл</dc:title>
   <dc:subject/>
   <dc:creator>USER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>